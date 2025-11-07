--- v0 (2025-10-07)
+++ v1 (2025-11-07)
@@ -1,92 +1,92 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
   <workbookPr codeName="Ta_delovni_zvezek"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="H:\Operacije denarne politike\55 EAPP\Sec. lending\BS PSPP SL webpage\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{8893CEC2-A759-4943-BB2D-5FA4C2FA71E9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5D3391F7-A1EC-4ED4-BFD7-4416F8DAE282}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="17790" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Seznam obveznic za posojanje" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Seznam obveznic za posojanje'!$A$3:$D$23</definedName>
     <definedName name="IQ_CH">110000</definedName>
     <definedName name="IQ_CQ">5000</definedName>
     <definedName name="IQ_CY">10000</definedName>
     <definedName name="IQ_DAILY">500000</definedName>
     <definedName name="IQ_FH">100000</definedName>
     <definedName name="IQ_FQ">500</definedName>
     <definedName name="IQ_FWD_CY" hidden="1">10001</definedName>
     <definedName name="IQ_FWD_CY1" hidden="1">10002</definedName>
     <definedName name="IQ_FWD_CY2" hidden="1">10003</definedName>
     <definedName name="IQ_FWD_FY" hidden="1">1001</definedName>
     <definedName name="IQ_FWD_FY1" hidden="1">1002</definedName>
     <definedName name="IQ_FWD_FY2" hidden="1">1003</definedName>
     <definedName name="IQ_FWD_Q" hidden="1">501</definedName>
     <definedName name="IQ_FWD_Q1" hidden="1">502</definedName>
     <definedName name="IQ_FWD_Q2" hidden="1">503</definedName>
     <definedName name="IQ_FY">1000</definedName>
     <definedName name="IQ_LATESTK" hidden="1">1000</definedName>
     <definedName name="IQ_LATESTQ" hidden="1">500</definedName>
     <definedName name="IQ_LTM">2000</definedName>
     <definedName name="IQ_LTMMONTH" hidden="1">120000</definedName>
     <definedName name="IQ_MONTH">15000</definedName>
     <definedName name="IQ_NTM">6000</definedName>
     <definedName name="IQ_TODAY" hidden="1">0</definedName>
     <definedName name="IQ_WEEK">50000</definedName>
     <definedName name="IQ_YTD">3000</definedName>
     <definedName name="IQ_YTDMONTH" hidden="1">130000</definedName>
   </definedNames>
-  <calcPr calcId="191029" concurrentManualCount="1"/>
+  <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="99" uniqueCount="72">
   <si>
     <t>EU000A18VJA3</t>
   </si>
   <si>
@@ -278,51 +278,51 @@
   <si>
     <t>SI0002104303</t>
   </si>
   <si>
     <t>11.03.2033</t>
   </si>
   <si>
     <t>XS2596045752</t>
   </si>
   <si>
     <t>13.03.2030</t>
   </si>
   <si>
     <t>SI0002104576</t>
   </si>
   <si>
     <t>10.03.2034</t>
   </si>
   <si>
     <t>SI0002104832</t>
   </si>
   <si>
     <t>09.04.2026</t>
   </si>
   <si>
-    <t>Zadnja posodobitev: 07. oktober 2025</t>
+    <t>Zadnja posodobitev: 04. november 2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="238"/>
     </font>
     <font>
       <b/>
       <i/>