--- v1 (2025-11-07)
+++ v2 (2025-12-07)
@@ -1,58 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29231"/>
   <workbookPr codeName="Ta_delovni_zvezek"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="H:\Operacije denarne politike\55 EAPP\Sec. lending\BS PSPP SL webpage\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5D3391F7-A1EC-4ED4-BFD7-4416F8DAE282}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{350E1C54-F306-4D97-9770-096A3FF5B97E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="17790" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="1950" yWindow="120" windowWidth="24225" windowHeight="16695" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Seznam obveznic za posojanje" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Seznam obveznic za posojanje'!$A$3:$D$23</definedName>
     <definedName name="IQ_CH">110000</definedName>
     <definedName name="IQ_CQ">5000</definedName>
     <definedName name="IQ_CY">10000</definedName>
     <definedName name="IQ_DAILY">500000</definedName>
     <definedName name="IQ_FH">100000</definedName>
     <definedName name="IQ_FQ">500</definedName>
     <definedName name="IQ_FWD_CY" hidden="1">10001</definedName>
     <definedName name="IQ_FWD_CY1" hidden="1">10002</definedName>
     <definedName name="IQ_FWD_CY2" hidden="1">10003</definedName>
     <definedName name="IQ_FWD_FY" hidden="1">1001</definedName>
     <definedName name="IQ_FWD_FY1" hidden="1">1002</definedName>
     <definedName name="IQ_FWD_FY2" hidden="1">1003</definedName>
     <definedName name="IQ_FWD_Q" hidden="1">501</definedName>
     <definedName name="IQ_FWD_Q1" hidden="1">502</definedName>
     <definedName name="IQ_FWD_Q2" hidden="1">503</definedName>
     <definedName name="IQ_FY">1000</definedName>
     <definedName name="IQ_LATESTK" hidden="1">1000</definedName>
     <definedName name="IQ_LATESTQ" hidden="1">500</definedName>
     <definedName name="IQ_LTM">2000</definedName>
@@ -278,51 +278,51 @@
   <si>
     <t>SI0002104303</t>
   </si>
   <si>
     <t>11.03.2033</t>
   </si>
   <si>
     <t>XS2596045752</t>
   </si>
   <si>
     <t>13.03.2030</t>
   </si>
   <si>
     <t>SI0002104576</t>
   </si>
   <si>
     <t>10.03.2034</t>
   </si>
   <si>
     <t>SI0002104832</t>
   </si>
   <si>
     <t>09.04.2026</t>
   </si>
   <si>
-    <t>Zadnja posodobitev: 04. november 2025</t>
+    <t>Zadnja posodobitev: 02. december 2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="238"/>
     </font>
     <font>
       <b/>
       <i/>