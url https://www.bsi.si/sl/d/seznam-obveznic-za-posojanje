--- v2 (2025-12-07)
+++ v3 (2026-01-16)
@@ -1,58 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29328"/>
   <workbookPr codeName="Ta_delovni_zvezek"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="H:\Operacije denarne politike\55 EAPP\Sec. lending\BS PSPP SL webpage\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{350E1C54-F306-4D97-9770-096A3FF5B97E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="14_{73F8D95A-D562-4CB1-839A-45E4D23AB00D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="1950" yWindow="120" windowWidth="24225" windowHeight="16695" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="29940" yWindow="1140" windowWidth="21600" windowHeight="11370" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Seznam obveznic za posojanje" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Seznam obveznic za posojanje'!$A$3:$D$23</definedName>
     <definedName name="IQ_CH">110000</definedName>
     <definedName name="IQ_CQ">5000</definedName>
     <definedName name="IQ_CY">10000</definedName>
     <definedName name="IQ_DAILY">500000</definedName>
     <definedName name="IQ_FH">100000</definedName>
     <definedName name="IQ_FQ">500</definedName>
     <definedName name="IQ_FWD_CY" hidden="1">10001</definedName>
     <definedName name="IQ_FWD_CY1" hidden="1">10002</definedName>
     <definedName name="IQ_FWD_CY2" hidden="1">10003</definedName>
     <definedName name="IQ_FWD_FY" hidden="1">1001</definedName>
     <definedName name="IQ_FWD_FY1" hidden="1">1002</definedName>
     <definedName name="IQ_FWD_FY2" hidden="1">1003</definedName>
     <definedName name="IQ_FWD_Q" hidden="1">501</definedName>
     <definedName name="IQ_FWD_Q1" hidden="1">502</definedName>
     <definedName name="IQ_FWD_Q2" hidden="1">503</definedName>
     <definedName name="IQ_FY">1000</definedName>
     <definedName name="IQ_LATESTK" hidden="1">1000</definedName>
     <definedName name="IQ_LATESTQ" hidden="1">500</definedName>
     <definedName name="IQ_LTM">2000</definedName>
@@ -278,51 +278,51 @@
   <si>
     <t>SI0002104303</t>
   </si>
   <si>
     <t>11.03.2033</t>
   </si>
   <si>
     <t>XS2596045752</t>
   </si>
   <si>
     <t>13.03.2030</t>
   </si>
   <si>
     <t>SI0002104576</t>
   </si>
   <si>
     <t>10.03.2034</t>
   </si>
   <si>
     <t>SI0002104832</t>
   </si>
   <si>
     <t>09.04.2026</t>
   </si>
   <si>
-    <t>Zadnja posodobitev: 02. december 2025</t>
+    <t>Zadnja posodobitev: 13. januar 2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="238"/>
     </font>
     <font>
       <b/>
       <i/>
@@ -679,525 +679,525 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="List3">
     <tabColor theme="9" tint="0.59999389629810485"/>
   </sheetPr>
   <dimension ref="A1:E36"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="2" width="45.7109375" style="2" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="5" max="5" width="9.140625" style="2"/>
+    <col min="1" max="2" width="45.7265625" style="2" customWidth="1"/>
+    <col min="3" max="3" width="25.7265625" style="2" customWidth="1"/>
+    <col min="4" max="4" width="25.7265625" style="4" customWidth="1"/>
+    <col min="5" max="5" width="9.1796875" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" s="9" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:5" s="9" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="6" t="s">
         <v>24</v>
       </c>
       <c r="B1" s="7"/>
       <c r="C1" s="7"/>
       <c r="D1" s="8"/>
       <c r="E1" s="7"/>
     </row>
-    <row r="2" spans="1:5" ht="9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:5" ht="9" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A2" s="1"/>
     </row>
-    <row r="3" spans="1:5" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:5" ht="25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A3" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>18</v>
       </c>
       <c r="D3" s="5" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="4" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A4" s="10" t="s">
         <v>31</v>
       </c>
       <c r="B4" s="10" t="s">
         <v>32</v>
       </c>
       <c r="C4" s="11" t="s">
         <v>34</v>
       </c>
       <c r="D4" s="12">
         <v>0</v>
       </c>
     </row>
-    <row r="5" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A5" s="10" t="s">
         <v>10</v>
       </c>
       <c r="B5" s="10" t="s">
         <v>32</v>
       </c>
       <c r="C5" s="11" t="s">
         <v>35</v>
       </c>
       <c r="D5" s="12">
         <v>5.125</v>
       </c>
     </row>
-    <row r="6" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A6" s="10" t="s">
         <v>69</v>
       </c>
       <c r="B6" s="10" t="s">
         <v>33</v>
       </c>
       <c r="C6" s="11" t="s">
         <v>70</v>
       </c>
       <c r="D6" s="12">
         <v>0</v>
       </c>
     </row>
-    <row r="7" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A7" s="10" t="s">
         <v>15</v>
       </c>
       <c r="B7" s="10" t="s">
         <v>32</v>
       </c>
       <c r="C7" s="11" t="s">
         <v>36</v>
       </c>
       <c r="D7" s="12">
         <v>1.25</v>
       </c>
     </row>
-    <row r="8" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A8" s="10" t="s">
         <v>20</v>
       </c>
       <c r="B8" s="10" t="s">
         <v>32</v>
       </c>
       <c r="C8" s="11" t="s">
         <v>37</v>
       </c>
       <c r="D8" s="12">
         <v>1</v>
       </c>
     </row>
-    <row r="9" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="B9" s="10" t="s">
         <v>32</v>
       </c>
       <c r="C9" s="11" t="s">
         <v>38</v>
       </c>
       <c r="D9" s="12">
         <v>1.1875</v>
       </c>
     </row>
-    <row r="10" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A10" s="10" t="s">
         <v>23</v>
       </c>
       <c r="B10" s="10" t="s">
         <v>32</v>
       </c>
       <c r="C10" s="11" t="s">
         <v>39</v>
       </c>
       <c r="D10" s="12">
         <v>0.27500000000000002</v>
       </c>
     </row>
-    <row r="11" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A11" s="10" t="s">
         <v>25</v>
       </c>
       <c r="B11" s="10" t="s">
         <v>32</v>
       </c>
       <c r="C11" s="11" t="s">
         <v>40</v>
       </c>
       <c r="D11" s="12">
         <v>0.875</v>
       </c>
     </row>
-    <row r="12" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A12" s="10" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="10" t="s">
         <v>32</v>
       </c>
       <c r="C12" s="11" t="s">
         <v>41</v>
       </c>
       <c r="D12" s="12">
         <v>0</v>
       </c>
     </row>
-    <row r="13" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A13" s="10" t="s">
         <v>30</v>
       </c>
       <c r="B13" s="10" t="s">
         <v>32</v>
       </c>
       <c r="C13" s="11" t="s">
         <v>42</v>
       </c>
       <c r="D13" s="12">
         <v>0.125</v>
       </c>
     </row>
-    <row r="14" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A14" s="10" t="s">
         <v>13</v>
       </c>
       <c r="B14" s="10" t="s">
         <v>32</v>
       </c>
       <c r="C14" s="11" t="s">
         <v>43</v>
       </c>
       <c r="D14" s="12">
         <v>2.25</v>
       </c>
     </row>
-    <row r="15" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A15" s="10" t="s">
         <v>63</v>
       </c>
       <c r="B15" s="10" t="s">
         <v>32</v>
       </c>
       <c r="C15" s="11" t="s">
         <v>64</v>
       </c>
       <c r="D15" s="12">
         <v>3.625</v>
       </c>
     </row>
-    <row r="16" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A16" s="10" t="s">
         <v>67</v>
       </c>
       <c r="B16" s="10" t="s">
         <v>32</v>
       </c>
       <c r="C16" s="11" t="s">
         <v>68</v>
       </c>
       <c r="D16" s="12">
         <v>3</v>
       </c>
     </row>
-    <row r="17" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A17" s="10" t="s">
         <v>11</v>
       </c>
       <c r="B17" s="10" t="s">
         <v>32</v>
       </c>
       <c r="C17" s="11" t="s">
         <v>44</v>
       </c>
       <c r="D17" s="12">
         <v>1.5</v>
       </c>
     </row>
-    <row r="18" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A18" s="10" t="s">
         <v>14</v>
       </c>
       <c r="B18" s="10" t="s">
         <v>32</v>
       </c>
       <c r="C18" s="11" t="s">
         <v>45</v>
       </c>
       <c r="D18" s="12">
         <v>1.75</v>
       </c>
     </row>
-    <row r="19" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A19" s="10" t="s">
         <v>12</v>
       </c>
       <c r="B19" s="10" t="s">
         <v>32</v>
       </c>
       <c r="C19" s="11" t="s">
         <v>46</v>
       </c>
       <c r="D19" s="12">
         <v>3.125</v>
       </c>
     </row>
-    <row r="20" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A20" s="10" t="s">
         <v>28</v>
       </c>
       <c r="B20" s="10" t="s">
         <v>32</v>
       </c>
       <c r="C20" s="11" t="s">
         <v>47</v>
       </c>
       <c r="D20" s="12">
         <v>0.48749999999999999</v>
       </c>
     </row>
-    <row r="21" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A21" s="10" t="s">
         <v>26</v>
       </c>
       <c r="B21" s="10" t="s">
         <v>48</v>
       </c>
       <c r="C21" s="11" t="s">
         <v>49</v>
       </c>
       <c r="D21" s="12">
         <v>0.125</v>
       </c>
     </row>
-    <row r="22" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A22" s="10" t="s">
         <v>65</v>
       </c>
       <c r="B22" s="10" t="s">
         <v>48</v>
       </c>
       <c r="C22" s="11" t="s">
         <v>66</v>
       </c>
       <c r="D22" s="12">
         <v>4.03</v>
       </c>
     </row>
-    <row r="23" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A23" s="10" t="s">
         <v>6</v>
       </c>
       <c r="B23" s="10" t="s">
         <v>50</v>
       </c>
       <c r="C23" s="11" t="s">
         <v>51</v>
       </c>
       <c r="D23" s="12">
         <v>3</v>
       </c>
     </row>
-    <row r="24" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A24" s="10" t="s">
         <v>8</v>
       </c>
       <c r="B24" s="10" t="s">
         <v>50</v>
       </c>
       <c r="C24" s="11" t="s">
         <v>52</v>
       </c>
       <c r="D24" s="12">
         <v>2.5</v>
       </c>
     </row>
-    <row r="25" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A25" s="10" t="s">
         <v>5</v>
       </c>
       <c r="B25" s="10" t="s">
         <v>50</v>
       </c>
       <c r="C25" s="11" t="s">
         <v>53</v>
       </c>
       <c r="D25" s="12">
         <v>2.875</v>
       </c>
     </row>
-    <row r="26" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A26" s="10" t="s">
         <v>0</v>
       </c>
       <c r="B26" s="10" t="s">
         <v>50</v>
       </c>
       <c r="C26" s="11" t="s">
         <v>54</v>
       </c>
       <c r="D26" s="12">
         <v>1.125</v>
       </c>
     </row>
-    <row r="27" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A27" s="13" t="s">
         <v>27</v>
       </c>
       <c r="B27" s="10" t="s">
         <v>50</v>
       </c>
       <c r="C27" s="11" t="s">
         <v>55</v>
       </c>
       <c r="D27" s="12">
         <v>1.375</v>
       </c>
     </row>
-    <row r="28" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A28" s="10" t="s">
         <v>2</v>
       </c>
       <c r="B28" s="10" t="s">
         <v>50</v>
       </c>
       <c r="C28" s="11" t="s">
         <v>56</v>
       </c>
       <c r="D28" s="12">
         <v>0.75</v>
       </c>
     </row>
-    <row r="29" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A29" s="10" t="s">
         <v>3</v>
       </c>
       <c r="B29" s="10" t="s">
         <v>50</v>
       </c>
       <c r="C29" s="11" t="s">
         <v>57</v>
       </c>
       <c r="D29" s="12">
         <v>3.375</v>
       </c>
     </row>
-    <row r="30" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A30" s="10" t="s">
         <v>21</v>
       </c>
       <c r="B30" s="10" t="s">
         <v>50</v>
       </c>
       <c r="C30" s="11" t="s">
         <v>58</v>
       </c>
       <c r="D30" s="12">
         <v>1.25</v>
       </c>
     </row>
-    <row r="31" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A31" s="10" t="s">
         <v>9</v>
       </c>
       <c r="B31" s="10" t="s">
         <v>50</v>
       </c>
       <c r="C31" s="11" t="s">
         <v>59</v>
       </c>
       <c r="D31" s="12">
         <v>1.5</v>
       </c>
     </row>
-    <row r="32" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A32" s="10" t="s">
         <v>1</v>
       </c>
       <c r="B32" s="10" t="s">
         <v>50</v>
       </c>
       <c r="C32" s="11" t="s">
         <v>60</v>
       </c>
       <c r="D32" s="12">
         <v>1.125</v>
       </c>
     </row>
-    <row r="33" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A33" s="10" t="s">
         <v>4</v>
       </c>
       <c r="B33" s="10" t="s">
         <v>50</v>
       </c>
       <c r="C33" s="11" t="s">
         <v>61</v>
       </c>
       <c r="D33" s="12">
         <v>3.375</v>
       </c>
     </row>
-    <row r="34" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A34" s="10" t="s">
         <v>7</v>
       </c>
       <c r="B34" s="10" t="s">
         <v>50</v>
       </c>
       <c r="C34" s="11" t="s">
         <v>62</v>
       </c>
       <c r="D34" s="12">
         <v>3.75</v>
       </c>
     </row>
-    <row r="35" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A35" s="10"/>
       <c r="B35" s="10"/>
       <c r="C35" s="11"/>
       <c r="D35" s="12"/>
     </row>
-    <row r="36" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A36" s="2" t="s">
         <v>71</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Delovni listi</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>