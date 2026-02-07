--- v3 (2026-01-16)
+++ v4 (2026-02-07)
@@ -1,58 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29426"/>
   <workbookPr codeName="Ta_delovni_zvezek"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="H:\Operacije denarne politike\55 EAPP\Sec. lending\BS PSPP SL webpage\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="14_{73F8D95A-D562-4CB1-839A-45E4D23AB00D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{987312A8-CE1E-4769-A349-D7A2B786F28D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="29940" yWindow="1140" windowWidth="21600" windowHeight="11370" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15990" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Seznam obveznic za posojanje" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Seznam obveznic za posojanje'!$A$3:$D$23</definedName>
     <definedName name="IQ_CH">110000</definedName>
     <definedName name="IQ_CQ">5000</definedName>
     <definedName name="IQ_CY">10000</definedName>
     <definedName name="IQ_DAILY">500000</definedName>
     <definedName name="IQ_FH">100000</definedName>
     <definedName name="IQ_FQ">500</definedName>
     <definedName name="IQ_FWD_CY" hidden="1">10001</definedName>
     <definedName name="IQ_FWD_CY1" hidden="1">10002</definedName>
     <definedName name="IQ_FWD_CY2" hidden="1">10003</definedName>
     <definedName name="IQ_FWD_FY" hidden="1">1001</definedName>
     <definedName name="IQ_FWD_FY1" hidden="1">1002</definedName>
     <definedName name="IQ_FWD_FY2" hidden="1">1003</definedName>
     <definedName name="IQ_FWD_Q" hidden="1">501</definedName>
     <definedName name="IQ_FWD_Q1" hidden="1">502</definedName>
     <definedName name="IQ_FWD_Q2" hidden="1">503</definedName>
     <definedName name="IQ_FY">1000</definedName>
     <definedName name="IQ_LATESTK" hidden="1">1000</definedName>
     <definedName name="IQ_LATESTQ" hidden="1">500</definedName>
     <definedName name="IQ_LTM">2000</definedName>
@@ -278,51 +278,51 @@
   <si>
     <t>SI0002104303</t>
   </si>
   <si>
     <t>11.03.2033</t>
   </si>
   <si>
     <t>XS2596045752</t>
   </si>
   <si>
     <t>13.03.2030</t>
   </si>
   <si>
     <t>SI0002104576</t>
   </si>
   <si>
     <t>10.03.2034</t>
   </si>
   <si>
     <t>SI0002104832</t>
   </si>
   <si>
     <t>09.04.2026</t>
   </si>
   <si>
-    <t>Zadnja posodobitev: 13. januar 2026</t>
+    <t>Zadnja posodobitev: 03. februar 2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="238"/>
     </font>
     <font>
       <b/>
       <i/>