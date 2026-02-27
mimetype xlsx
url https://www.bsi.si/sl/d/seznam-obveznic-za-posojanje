--- v4 (2026-02-07)
+++ v5 (2026-02-27)
@@ -1,113 +1,113 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29530"/>
   <workbookPr codeName="Ta_delovni_zvezek"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="H:\Operacije denarne politike\55 EAPP\Sec. lending\BS PSPP SL webpage\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{987312A8-CE1E-4769-A349-D7A2B786F28D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{FB048D36-7C25-4F16-864A-3E1EFE8D361D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15990" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17790" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Seznam obveznic za posojanje" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Seznam obveznic za posojanje'!$A$3:$D$23</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Seznam obveznic za posojanje'!$A$3:$D$22</definedName>
     <definedName name="IQ_CH">110000</definedName>
     <definedName name="IQ_CQ">5000</definedName>
     <definedName name="IQ_CY">10000</definedName>
     <definedName name="IQ_DAILY">500000</definedName>
     <definedName name="IQ_FH">100000</definedName>
     <definedName name="IQ_FQ">500</definedName>
     <definedName name="IQ_FWD_CY" hidden="1">10001</definedName>
     <definedName name="IQ_FWD_CY1" hidden="1">10002</definedName>
     <definedName name="IQ_FWD_CY2" hidden="1">10003</definedName>
     <definedName name="IQ_FWD_FY" hidden="1">1001</definedName>
     <definedName name="IQ_FWD_FY1" hidden="1">1002</definedName>
     <definedName name="IQ_FWD_FY2" hidden="1">1003</definedName>
     <definedName name="IQ_FWD_Q" hidden="1">501</definedName>
     <definedName name="IQ_FWD_Q1" hidden="1">502</definedName>
     <definedName name="IQ_FWD_Q2" hidden="1">503</definedName>
     <definedName name="IQ_FY">1000</definedName>
     <definedName name="IQ_LATESTK" hidden="1">1000</definedName>
     <definedName name="IQ_LATESTQ" hidden="1">500</definedName>
     <definedName name="IQ_LTM">2000</definedName>
     <definedName name="IQ_LTMMONTH" hidden="1">120000</definedName>
     <definedName name="IQ_MONTH">15000</definedName>
     <definedName name="IQ_NTM">6000</definedName>
     <definedName name="IQ_TODAY" hidden="1">0</definedName>
     <definedName name="IQ_WEEK">50000</definedName>
     <definedName name="IQ_YTD">3000</definedName>
     <definedName name="IQ_YTDMONTH" hidden="1">130000</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="99" uniqueCount="72">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="96" uniqueCount="70">
   <si>
     <t>EU000A18VJA3</t>
   </si>
   <si>
     <t>EU000A18YZ05</t>
   </si>
   <si>
     <t>EU000A18Z2D4</t>
   </si>
   <si>
     <t>EU000A1G1Q17</t>
   </si>
   <si>
     <t>EU000A1G30R0</t>
   </si>
   <si>
     <t>EU000A1G6TV9</t>
   </si>
   <si>
     <t>EU000A1GVVF8</t>
   </si>
   <si>
     <t>EU000A1GY6W8</t>
   </si>
   <si>
@@ -158,62 +158,56 @@
   <si>
     <t>SI0002103966</t>
   </si>
   <si>
     <t xml:space="preserve">Seznam PSPP in PEPP obveznic na voljo za posojanje </t>
   </si>
   <si>
     <t>SI0002103990</t>
   </si>
   <si>
     <t>XS2012087008</t>
   </si>
   <si>
     <t>EU000A1ZR7H3</t>
   </si>
   <si>
     <t>SI0002104048</t>
   </si>
   <si>
     <t>SI0002104105</t>
   </si>
   <si>
     <t>SI0002104196</t>
   </si>
   <si>
-    <t>SI0002104246</t>
-[...1 lines deleted...]
-  <si>
     <t>REPUBLIKA SLOVENIJA</t>
   </si>
   <si>
     <t>SLOVENIA MOF T-BILL</t>
   </si>
   <si>
-    <t>13.02.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>30.03.2026</t>
   </si>
   <si>
     <t>22.03.2027</t>
   </si>
   <si>
     <t>06.03.2028</t>
   </si>
   <si>
     <t>14.03.2029</t>
   </si>
   <si>
     <t>14.01.2030</t>
   </si>
   <si>
     <t>15.07.2030</t>
   </si>
   <si>
     <t>12.02.2031</t>
   </si>
   <si>
     <t>01.07.2031</t>
   </si>
   <si>
     <t>03.03.2032</t>
@@ -278,51 +272,51 @@
   <si>
     <t>SI0002104303</t>
   </si>
   <si>
     <t>11.03.2033</t>
   </si>
   <si>
     <t>XS2596045752</t>
   </si>
   <si>
     <t>13.03.2030</t>
   </si>
   <si>
     <t>SI0002104576</t>
   </si>
   <si>
     <t>10.03.2034</t>
   </si>
   <si>
     <t>SI0002104832</t>
   </si>
   <si>
     <t>09.04.2026</t>
   </si>
   <si>
-    <t>Zadnja posodobitev: 03. februar 2026</t>
+    <t>Zadnja posodobitev: 24. februar 2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="238"/>
     </font>
     <font>
       <b/>
       <i/>
@@ -675,531 +669,517 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="List3">
     <tabColor theme="9" tint="0.59999389629810485"/>
   </sheetPr>
-  <dimension ref="A1:E36"/>
+  <dimension ref="A1:E35"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="2" width="45.7265625" style="2" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="5" max="5" width="9.1796875" style="2"/>
+    <col min="1" max="2" width="45.7109375" style="2" customWidth="1"/>
+    <col min="3" max="3" width="25.7109375" style="2" customWidth="1"/>
+    <col min="4" max="4" width="25.7109375" style="4" customWidth="1"/>
+    <col min="5" max="5" width="9.140625" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" s="9" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:5" s="9" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="6" t="s">
         <v>24</v>
       </c>
       <c r="B1" s="7"/>
       <c r="C1" s="7"/>
       <c r="D1" s="8"/>
       <c r="E1" s="7"/>
     </row>
-    <row r="2" spans="1:5" ht="9" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:5" ht="9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="1"/>
     </row>
-    <row r="3" spans="1:5" ht="25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:5" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>18</v>
       </c>
       <c r="D3" s="5" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="4" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A4" s="10" t="s">
-        <v>31</v>
+        <v>10</v>
       </c>
       <c r="B4" s="10" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="C4" s="11" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D4" s="12">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:5" x14ac:dyDescent="0.3">
+        <v>5.125</v>
+      </c>
+    </row>
+    <row r="5" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A5" s="10" t="s">
-        <v>10</v>
+        <v>67</v>
       </c>
       <c r="B5" s="10" t="s">
         <v>32</v>
       </c>
       <c r="C5" s="11" t="s">
+        <v>68</v>
+      </c>
+      <c r="D5" s="12">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="6" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A6" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="B6" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="C6" s="11" t="s">
+        <v>34</v>
+      </c>
+      <c r="D6" s="12">
+        <v>1.25</v>
+      </c>
+    </row>
+    <row r="7" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A7" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="B7" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="C7" s="11" t="s">
         <v>35</v>
       </c>
-      <c r="D5" s="12">
-[...13 lines deleted...]
-      <c r="D6" s="12">
+      <c r="D7" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="8" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A8" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="B8" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="C8" s="11" t="s">
+        <v>36</v>
+      </c>
+      <c r="D8" s="12">
+        <v>1.1875</v>
+      </c>
+    </row>
+    <row r="9" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A9" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="B9" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="C9" s="11" t="s">
+        <v>37</v>
+      </c>
+      <c r="D9" s="12">
+        <v>0.27500000000000002</v>
+      </c>
+    </row>
+    <row r="10" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A10" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="B10" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="C10" s="11" t="s">
+        <v>38</v>
+      </c>
+      <c r="D10" s="12">
+        <v>0.875</v>
+      </c>
+    </row>
+    <row r="11" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A11" s="10" t="s">
+        <v>29</v>
+      </c>
+      <c r="B11" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="C11" s="11" t="s">
+        <v>39</v>
+      </c>
+      <c r="D11" s="12">
         <v>0</v>
       </c>
     </row>
-    <row r="7" spans="1:5" x14ac:dyDescent="0.3">
-[...62 lines deleted...]
-      <c r="C11" s="11" t="s">
+    <row r="12" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A12" s="10" t="s">
+        <v>30</v>
+      </c>
+      <c r="B12" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="C12" s="11" t="s">
         <v>40</v>
       </c>
-      <c r="D11" s="12">
-[...10 lines deleted...]
-      <c r="C12" s="11" t="s">
+      <c r="D12" s="12">
+        <v>0.125</v>
+      </c>
+    </row>
+    <row r="13" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A13" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="B13" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="C13" s="11" t="s">
         <v>41</v>
       </c>
-      <c r="D12" s="12">
-[...10 lines deleted...]
-      <c r="C13" s="11" t="s">
+      <c r="D13" s="12">
+        <v>2.25</v>
+      </c>
+    </row>
+    <row r="14" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A14" s="10" t="s">
+        <v>61</v>
+      </c>
+      <c r="B14" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="C14" s="11" t="s">
+        <v>62</v>
+      </c>
+      <c r="D14" s="12">
+        <v>3.625</v>
+      </c>
+    </row>
+    <row r="15" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A15" s="10" t="s">
+        <v>65</v>
+      </c>
+      <c r="B15" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="C15" s="11" t="s">
+        <v>66</v>
+      </c>
+      <c r="D15" s="12">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="16" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A16" s="10" t="s">
+        <v>11</v>
+      </c>
+      <c r="B16" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="C16" s="11" t="s">
         <v>42</v>
       </c>
-      <c r="D13" s="12">
-[...10 lines deleted...]
-      <c r="C14" s="11" t="s">
+      <c r="D16" s="12">
+        <v>1.5</v>
+      </c>
+    </row>
+    <row r="17" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A17" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="B17" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="C17" s="11" t="s">
         <v>43</v>
       </c>
-      <c r="D14" s="12">
-[...38 lines deleted...]
-      <c r="C17" s="11" t="s">
+      <c r="D17" s="12">
+        <v>1.75</v>
+      </c>
+    </row>
+    <row r="18" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A18" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="B18" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="C18" s="11" t="s">
         <v>44</v>
       </c>
-      <c r="D17" s="12">
-[...10 lines deleted...]
-      <c r="C18" s="11" t="s">
+      <c r="D18" s="12">
+        <v>3.125</v>
+      </c>
+    </row>
+    <row r="19" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A19" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="B19" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="C19" s="11" t="s">
         <v>45</v>
       </c>
-      <c r="D18" s="12">
-[...10 lines deleted...]
-      <c r="C19" s="11" t="s">
+      <c r="D19" s="12">
+        <v>0.48749999999999999</v>
+      </c>
+    </row>
+    <row r="20" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A20" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="B20" s="10" t="s">
         <v>46</v>
-      </c>
-[...9 lines deleted...]
-        <v>32</v>
       </c>
       <c r="C20" s="11" t="s">
         <v>47</v>
       </c>
       <c r="D20" s="12">
-        <v>0.48749999999999999</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:4" x14ac:dyDescent="0.3">
+        <v>0.125</v>
+      </c>
+    </row>
+    <row r="21" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A21" s="10" t="s">
-        <v>26</v>
+        <v>63</v>
       </c>
       <c r="B21" s="10" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="C21" s="11" t="s">
-        <v>49</v>
+        <v>64</v>
       </c>
       <c r="D21" s="12">
-        <v>0.125</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:4" x14ac:dyDescent="0.3">
+        <v>4.03</v>
+      </c>
+    </row>
+    <row r="22" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A22" s="10" t="s">
-        <v>65</v>
+        <v>6</v>
       </c>
       <c r="B22" s="10" t="s">
         <v>48</v>
       </c>
       <c r="C22" s="11" t="s">
-        <v>66</v>
+        <v>49</v>
       </c>
       <c r="D22" s="12">
-        <v>4.03</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:4" x14ac:dyDescent="0.3">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="23" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A23" s="10" t="s">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="B23" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="C23" s="11" t="s">
         <v>50</v>
       </c>
-      <c r="C23" s="11" t="s">
+      <c r="D23" s="12">
+        <v>2.5</v>
+      </c>
+    </row>
+    <row r="24" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A24" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="B24" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="C24" s="11" t="s">
         <v>51</v>
       </c>
-      <c r="D23" s="12">
+      <c r="D24" s="12">
+        <v>2.875</v>
+      </c>
+    </row>
+    <row r="25" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A25" s="10" t="s">
+        <v>0</v>
+      </c>
+      <c r="B25" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="C25" s="11" t="s">
+        <v>52</v>
+      </c>
+      <c r="D25" s="12">
+        <v>1.125</v>
+      </c>
+    </row>
+    <row r="26" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A26" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="B26" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="C26" s="11" t="s">
+        <v>53</v>
+      </c>
+      <c r="D26" s="12">
+        <v>1.375</v>
+      </c>
+    </row>
+    <row r="27" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A27" s="10" t="s">
+        <v>2</v>
+      </c>
+      <c r="B27" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="C27" s="11" t="s">
+        <v>54</v>
+      </c>
+      <c r="D27" s="12">
+        <v>0.75</v>
+      </c>
+    </row>
+    <row r="28" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A28" s="10" t="s">
         <v>3</v>
       </c>
-    </row>
-[...38 lines deleted...]
-      <c r="D26" s="12">
+      <c r="B28" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="C28" s="11" t="s">
+        <v>55</v>
+      </c>
+      <c r="D28" s="12">
+        <v>3.375</v>
+      </c>
+    </row>
+    <row r="29" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A29" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="B29" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="C29" s="11" t="s">
+        <v>56</v>
+      </c>
+      <c r="D29" s="12">
+        <v>1.25</v>
+      </c>
+    </row>
+    <row r="30" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A30" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="B30" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="C30" s="11" t="s">
+        <v>57</v>
+      </c>
+      <c r="D30" s="12">
+        <v>1.5</v>
+      </c>
+    </row>
+    <row r="31" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A31" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="B31" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="C31" s="11" t="s">
+        <v>58</v>
+      </c>
+      <c r="D31" s="12">
         <v>1.125</v>
       </c>
     </row>
-    <row r="27" spans="1:4" x14ac:dyDescent="0.3">
-[...37 lines deleted...]
-      <c r="D29" s="12">
+    <row r="32" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A32" s="10" t="s">
+        <v>4</v>
+      </c>
+      <c r="B32" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="C32" s="11" t="s">
+        <v>59</v>
+      </c>
+      <c r="D32" s="12">
         <v>3.375</v>
       </c>
     </row>
-    <row r="30" spans="1:4" x14ac:dyDescent="0.3">
-[...34 lines deleted...]
-      <c r="C32" s="11" t="s">
+    <row r="33" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A33" s="10" t="s">
+        <v>7</v>
+      </c>
+      <c r="B33" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="C33" s="11" t="s">
         <v>60</v>
       </c>
-      <c r="D32" s="12">
-[...12 lines deleted...]
-      </c>
       <c r="D33" s="12">
-        <v>3.375</v>
-[...12 lines deleted...]
-      <c r="D34" s="12">
         <v>3.75</v>
       </c>
     </row>
-    <row r="35" spans="1:4" x14ac:dyDescent="0.3">
-[...7 lines deleted...]
-        <v>71</v>
+    <row r="34" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A34" s="10"/>
+      <c r="B34" s="10"/>
+      <c r="C34" s="11"/>
+      <c r="D34" s="12"/>
+    </row>
+    <row r="35" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A35" s="2" t="s">
+        <v>69</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Delovni listi</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">