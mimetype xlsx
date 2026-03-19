--- v5 (2026-02-27)
+++ v6 (2026-03-19)
@@ -1,92 +1,92 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29530"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29725"/>
   <workbookPr codeName="Ta_delovni_zvezek"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="H:\Operacije denarne politike\55 EAPP\Sec. lending\BS PSPP SL webpage\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{FB048D36-7C25-4F16-864A-3E1EFE8D361D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{717F4555-D3BF-4341-B11A-7779EE01A06B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17790" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="17790" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Seznam obveznic za posojanje" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Seznam obveznic za posojanje'!$A$3:$D$22</definedName>
     <definedName name="IQ_CH">110000</definedName>
     <definedName name="IQ_CQ">5000</definedName>
     <definedName name="IQ_CY">10000</definedName>
     <definedName name="IQ_DAILY">500000</definedName>
     <definedName name="IQ_FH">100000</definedName>
     <definedName name="IQ_FQ">500</definedName>
     <definedName name="IQ_FWD_CY" hidden="1">10001</definedName>
     <definedName name="IQ_FWD_CY1" hidden="1">10002</definedName>
     <definedName name="IQ_FWD_CY2" hidden="1">10003</definedName>
     <definedName name="IQ_FWD_FY" hidden="1">1001</definedName>
     <definedName name="IQ_FWD_FY1" hidden="1">1002</definedName>
     <definedName name="IQ_FWD_FY2" hidden="1">1003</definedName>
     <definedName name="IQ_FWD_Q" hidden="1">501</definedName>
     <definedName name="IQ_FWD_Q1" hidden="1">502</definedName>
     <definedName name="IQ_FWD_Q2" hidden="1">503</definedName>
     <definedName name="IQ_FY">1000</definedName>
     <definedName name="IQ_LATESTK" hidden="1">1000</definedName>
     <definedName name="IQ_LATESTQ" hidden="1">500</definedName>
     <definedName name="IQ_LTM">2000</definedName>
     <definedName name="IQ_LTMMONTH" hidden="1">120000</definedName>
     <definedName name="IQ_MONTH">15000</definedName>
     <definedName name="IQ_NTM">6000</definedName>
     <definedName name="IQ_TODAY" hidden="1">0</definedName>
     <definedName name="IQ_WEEK">50000</definedName>
     <definedName name="IQ_YTD">3000</definedName>
     <definedName name="IQ_YTDMONTH" hidden="1">130000</definedName>
   </definedNames>
-  <calcPr calcId="191029"/>
+  <calcPr calcId="191029" concurrentManualCount="1"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="96" uniqueCount="70">
   <si>
     <t>EU000A18VJA3</t>
   </si>
   <si>
@@ -272,51 +272,51 @@
   <si>
     <t>SI0002104303</t>
   </si>
   <si>
     <t>11.03.2033</t>
   </si>
   <si>
     <t>XS2596045752</t>
   </si>
   <si>
     <t>13.03.2030</t>
   </si>
   <si>
     <t>SI0002104576</t>
   </si>
   <si>
     <t>10.03.2034</t>
   </si>
   <si>
     <t>SI0002104832</t>
   </si>
   <si>
     <t>09.04.2026</t>
   </si>
   <si>
-    <t>Zadnja posodobitev: 24. februar 2026</t>
+    <t>Zadnja posodobitev: 17. marec 2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="238"/>
     </font>
     <font>
       <b/>
       <i/>