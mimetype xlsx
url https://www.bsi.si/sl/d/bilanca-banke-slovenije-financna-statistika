--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -1,158 +1,143 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-  <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-[...1 lines deleted...]
-  <workbookPr defaultThemeVersion="164011"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
+  <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Work\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Work\10_denar_mfi-qq\"/>
     </mc:Choice>
   </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{499C6DD3-5591-4303-ADBC-153ABF5812EF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="30720" windowHeight="13524"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17640" xr2:uid="{CAE70F22-F7A7-4CE6-960E-BA2BAEE4B5A0}"/>
   </bookViews>
   <sheets>
     <sheet name="Bilanca BS" sheetId="1" r:id="rId1"/>
   </sheets>
-  <externalReferences>
-[...2 lines deleted...]
-  <calcPr calcId="162913"/>
+  <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
   </extLst>
 </workbook>
 </file>
 
-<file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
-[...29 lines deleted...]
-
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="15" uniqueCount="15">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="19" uniqueCount="18">
   <si>
     <t>Bilanca Banke Slovenije / Analytical accounts of the Bank of Slovenia</t>
   </si>
   <si>
-    <t>Datum preseka / Date of last update: 12.09.2025</t>
+    <t>Datum preseka / Date of last update: 14.10.2025</t>
   </si>
   <si>
     <t>V Mio EUR / EUR Million</t>
   </si>
   <si>
     <t>Aktiva / Assets</t>
   </si>
   <si>
     <t>Terjatve do tujih sektorjev (tuja aktiva) / Claims on foreign sectors (foreign assets)</t>
   </si>
   <si>
     <t>Terjatve do centralne države / Claims on central government</t>
   </si>
   <si>
     <t>Terjatve do domačih denarnih sektorjev / Claims on domestic MFIs</t>
   </si>
   <si>
     <t>Ostala aktiva</t>
   </si>
   <si>
     <t>Pasiva / Liabilities</t>
   </si>
   <si>
     <t>Bankovci in kovanci (po 1.1.2007 ključ ECB) / Banknotes and coins (after 1.1.2007 ECB key)</t>
   </si>
   <si>
     <t>Vloge / Deposits</t>
   </si>
   <si>
     <t>Izdani vrednostni papirji / Securities issued</t>
   </si>
   <si>
     <t>Kapital in rezerve / Capital and reserves</t>
   </si>
   <si>
     <t>Alokacija SDR / SDR allocation</t>
   </si>
   <si>
     <t>Ostala pasiva / Remaining liabilities</t>
   </si>
+  <si>
+    <t>2025M08</t>
+  </si>
+  <si>
+    <t>2025M09</t>
+  </si>
+  <si>
+    <t>...</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
-  <fonts count="5">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+  <fonts count="5" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color rgb="FF0A0A0A"/>
       <name val="Open Sans"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF0A0A0A"/>
@@ -205,155 +190,51 @@
     </xf>
     <xf numFmtId="4" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Navadno" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
-[...103 lines deleted...]
-</externalLink>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Officeova tema">
   <a:themeElements>
     <a:clrScheme name="Pisarna">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -578,246 +459,220 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6300B12B-7C69-46C3-AB8C-96A36BE31372}">
   <dimension ref="A1:C18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <selection sqref="A1:C1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="13.8"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="91.5546875" customWidth="1"/>
-    <col min="2" max="2" width="16.6640625" customWidth="1"/>
+    <col min="1" max="1" width="91.5703125" customWidth="1"/>
+    <col min="2" max="2" width="16.7109375" customWidth="1"/>
     <col min="3" max="3" width="17" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:3" ht="35.25" customHeight="1">
+    <row r="1" spans="1:3" ht="35.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
     </row>
-    <row r="3" spans="1:3">
+    <row r="3" spans="1:3" ht="16.5" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:3">
+    <row r="4" spans="1:3" ht="16.5" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="6" spans="1:3">
+    <row r="6" spans="1:3" ht="16.5" x14ac:dyDescent="0.25">
       <c r="A6" s="4"/>
-      <c r="B6" s="5" t="str">
-[...8 lines deleted...]
-    <row r="7" spans="1:3" ht="21.9" customHeight="1">
+      <c r="B6" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="C6" s="5" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="7" spans="1:3" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="4" t="s">
         <v>3</v>
       </c>
       <c r="B7" s="5">
-        <f>[1]podatki!$D4</f>
-        <v>34785.520770000003</v>
+        <v>34344.088179999999</v>
       </c>
       <c r="C7" s="5">
-        <f>[1]podatki!D$5</f>
-[...3 lines deleted...]
-    <row r="8" spans="1:3" ht="21.9" customHeight="1">
+        <v>34981.459129000003</v>
+      </c>
+    </row>
+    <row r="8" spans="1:3" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>4</v>
       </c>
       <c r="B8" s="6">
-        <f>[1]podatki!E4</f>
-        <v>22459.300520000001</v>
+        <v>22026.835143</v>
       </c>
       <c r="C8" s="6">
-        <f>[1]podatki!E$5</f>
-[...3 lines deleted...]
-    <row r="9" spans="1:3" ht="21.9" customHeight="1">
+        <v>22630.462511000002</v>
+      </c>
+    </row>
+    <row r="9" spans="1:3" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>5</v>
       </c>
       <c r="B9" s="6">
-        <f>[1]podatki!F4</f>
-        <v>11765.519984</v>
+        <v>11737.963382</v>
       </c>
       <c r="C9" s="6">
-        <f>[1]podatki!F$5</f>
-[...3 lines deleted...]
-    <row r="10" spans="1:3" ht="21.9" customHeight="1">
+        <v>11772.379127</v>
+      </c>
+    </row>
+    <row r="10" spans="1:3" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>6</v>
       </c>
       <c r="B10" s="6">
-        <f>[1]podatki!G4</f>
-        <v>69.181839999999994</v>
+        <v>83.506118000000001</v>
       </c>
       <c r="C10" s="6">
-        <f>[1]podatki!G$5</f>
-[...3 lines deleted...]
-    <row r="11" spans="1:3" ht="21.9" customHeight="1">
+        <v>68.706491999999997</v>
+      </c>
+    </row>
+    <row r="11" spans="1:3" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>7</v>
       </c>
       <c r="B11" s="6">
-        <f>[1]podatki!H4</f>
-        <v>490.69417600000003</v>
+        <v>494.981112</v>
       </c>
       <c r="C11" s="6">
-        <f>[1]podatki!H$5</f>
-[...3 lines deleted...]
-    <row r="12" spans="1:3" ht="21.9" customHeight="1">
+        <v>509.138282</v>
+      </c>
+    </row>
+    <row r="12" spans="1:3" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="4" t="s">
         <v>8</v>
       </c>
       <c r="B12" s="5">
-        <f>[1]podatki!I4</f>
-        <v>34785.520772000003</v>
+        <v>34344.088182</v>
       </c>
       <c r="C12" s="5">
-        <f>[1]podatki!I$5</f>
-[...3 lines deleted...]
-    <row r="13" spans="1:3" ht="21.9" customHeight="1">
+        <v>34981.459129000003</v>
+      </c>
+    </row>
+    <row r="13" spans="1:3" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B13" s="6">
-        <f>[1]podatki!J4</f>
-        <v>7402.1716180000003</v>
+        <v>7400.8475630000003</v>
       </c>
       <c r="C13" s="6">
-        <f>[1]podatki!J$5</f>
-[...3 lines deleted...]
-    <row r="14" spans="1:3" ht="21.9" customHeight="1">
+        <v>7391.0398660000001</v>
+      </c>
+    </row>
+    <row r="14" spans="1:3" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B14" s="6">
-        <f>[1]podatki!K4</f>
-        <v>14783.671840000001</v>
+        <v>14201.444431</v>
       </c>
       <c r="C14" s="6">
-        <f>[1]podatki!K$5</f>
-[...3 lines deleted...]
-    <row r="15" spans="1:3" ht="21.9" customHeight="1">
+        <v>14668.692313</v>
+      </c>
+    </row>
+    <row r="15" spans="1:3" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>11</v>
       </c>
-      <c r="B15" s="6" t="str">
-[...8 lines deleted...]
-    <row r="16" spans="1:3" ht="21.9" customHeight="1">
+      <c r="B15" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="C15" s="6" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="16" spans="1:3" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B16" s="6">
-        <f>[1]podatki!M4</f>
-        <v>122.78676900000001</v>
+        <v>113.461477</v>
       </c>
       <c r="C16" s="6">
-        <f>[1]podatki!M$5</f>
-[...3 lines deleted...]
-    <row r="17" spans="1:3" ht="21.9" customHeight="1">
+        <v>189.64185900000001</v>
+      </c>
+    </row>
+    <row r="17" spans="1:3" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="B17" s="6">
-        <f>[1]podatki!N4</f>
-        <v>925.43401400000005</v>
+        <v>913.99718399999995</v>
       </c>
       <c r="C17" s="6">
-        <f>[1]podatki!N$5</f>
-[...3 lines deleted...]
-    <row r="18" spans="1:3" ht="21.9" customHeight="1">
+        <v>908.33323099999996</v>
+      </c>
+    </row>
+    <row r="18" spans="1:3" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B18" s="6">
-        <f>[1]podatki!O4</f>
-        <v>11551.456531</v>
+        <v>11714.337527</v>
       </c>
       <c r="C18" s="6">
-        <f>[1]podatki!O$5</f>
-        <v>11714.337527</v>
+        <v>11823.75186</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:C1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Delovni listi</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>