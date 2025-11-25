--- v1 (2025-10-30)
+++ v2 (2025-11-25)
@@ -1,133 +1,133 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Work\10_denar_mfi-qq\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Work\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{499C6DD3-5591-4303-ADBC-153ABF5812EF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{14E4615C-56BD-4827-B0DB-20D47DDE9992}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17640" xr2:uid="{CAE70F22-F7A7-4CE6-960E-BA2BAEE4B5A0}"/>
+    <workbookView xWindow="22932" yWindow="-108" windowWidth="30936" windowHeight="16896" xr2:uid="{16F57CA5-AEE8-49EC-92D9-63D6C4D535B6}"/>
   </bookViews>
   <sheets>
-    <sheet name="Bilanca BS" sheetId="1" r:id="rId1"/>
+    <sheet name="predloga" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="19" uniqueCount="18">
   <si>
     <t>Bilanca Banke Slovenije / Analytical accounts of the Bank of Slovenia</t>
   </si>
   <si>
-    <t>Datum preseka / Date of last update: 14.10.2025</t>
+    <t>Datum preseka / Date of last update: 14.11.2025</t>
   </si>
   <si>
     <t>V Mio EUR / EUR Million</t>
   </si>
   <si>
     <t>Aktiva / Assets</t>
   </si>
   <si>
     <t>Terjatve do tujih sektorjev (tuja aktiva) / Claims on foreign sectors (foreign assets)</t>
   </si>
   <si>
     <t>Terjatve do centralne države / Claims on central government</t>
   </si>
   <si>
     <t>Terjatve do domačih denarnih sektorjev / Claims on domestic MFIs</t>
   </si>
   <si>
     <t>Ostala aktiva</t>
   </si>
   <si>
     <t>Pasiva / Liabilities</t>
   </si>
   <si>
     <t>Bankovci in kovanci (po 1.1.2007 ključ ECB) / Banknotes and coins (after 1.1.2007 ECB key)</t>
   </si>
   <si>
     <t>Vloge / Deposits</t>
   </si>
   <si>
     <t>Izdani vrednostni papirji / Securities issued</t>
   </si>
   <si>
     <t>Kapital in rezerve / Capital and reserves</t>
   </si>
   <si>
     <t>Alokacija SDR / SDR allocation</t>
   </si>
   <si>
     <t>Ostala pasiva / Remaining liabilities</t>
   </si>
   <si>
-    <t>2025M08</t>
-[...1 lines deleted...]
-  <si>
     <t>2025M09</t>
+  </si>
+  <si>
+    <t>2025M10</t>
   </si>
   <si>
     <t>...</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color rgb="FF0A0A0A"/>
       <name val="Open Sans"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
@@ -459,242 +459,242 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6300B12B-7C69-46C3-AB8C-96A36BE31372}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{79125256-5AAA-48DF-9AAC-5BB31A29EEDC}">
   <dimension ref="A1:C18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <selection sqref="A1:C1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="13.8" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="91.5703125" customWidth="1"/>
-    <col min="2" max="2" width="16.7109375" customWidth="1"/>
+    <col min="1" max="1" width="91.5546875" customWidth="1"/>
+    <col min="2" max="2" width="16.6640625" customWidth="1"/>
     <col min="3" max="3" width="17" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:3" ht="35.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:3" ht="35.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
     </row>
-    <row r="3" spans="1:3" ht="16.5" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:3" ht="15.6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:3" ht="16.5" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:3" ht="15.6" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="6" spans="1:3" ht="16.5" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:3" ht="15.6" x14ac:dyDescent="0.25">
       <c r="A6" s="4"/>
       <c r="B6" s="5" t="s">
         <v>15</v>
       </c>
       <c r="C6" s="5" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="7" spans="1:3" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:3" ht="21.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="4" t="s">
         <v>3</v>
       </c>
       <c r="B7" s="5">
-        <v>34344.088179999999</v>
+        <v>34981.459129000003</v>
       </c>
       <c r="C7" s="5">
-        <v>34981.459129000003</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:3" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>35197.953346000002</v>
+      </c>
+    </row>
+    <row r="8" spans="1:3" ht="21.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>4</v>
       </c>
       <c r="B8" s="6">
-        <v>22026.835143</v>
+        <v>22630.462511000002</v>
       </c>
       <c r="C8" s="6">
-        <v>22630.462511000002</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:3" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>22771.264079</v>
+      </c>
+    </row>
+    <row r="9" spans="1:3" ht="21.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>5</v>
       </c>
       <c r="B9" s="6">
-        <v>11737.963382</v>
+        <v>11772.379127</v>
       </c>
       <c r="C9" s="6">
-        <v>11772.379127</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:3" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>11858.327590000001</v>
+      </c>
+    </row>
+    <row r="10" spans="1:3" ht="21.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>6</v>
       </c>
       <c r="B10" s="6">
-        <v>83.506118000000001</v>
+        <v>68.706491999999997</v>
       </c>
       <c r="C10" s="6">
-        <v>68.706491999999997</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:3" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>70.083264999999997</v>
+      </c>
+    </row>
+    <row r="11" spans="1:3" ht="21.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>7</v>
       </c>
       <c r="B11" s="6">
-        <v>494.981112</v>
+        <v>509.138282</v>
       </c>
       <c r="C11" s="6">
-        <v>509.138282</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:3" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>497.514276</v>
+      </c>
+    </row>
+    <row r="12" spans="1:3" ht="21.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="4" t="s">
         <v>8</v>
       </c>
       <c r="B12" s="5">
-        <v>34344.088182</v>
+        <v>34981.459129000003</v>
       </c>
       <c r="C12" s="5">
-        <v>34981.459129000003</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:3" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>35197.953344000001</v>
+      </c>
+    </row>
+    <row r="13" spans="1:3" ht="21.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B13" s="6">
-        <v>7400.8475630000003</v>
+        <v>7391.0398660000001</v>
       </c>
       <c r="C13" s="6">
-        <v>7391.0398660000001</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:3" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>7399.2247340000004</v>
+      </c>
+    </row>
+    <row r="14" spans="1:3" ht="21.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B14" s="6">
-        <v>14201.444431</v>
+        <v>14668.692313</v>
       </c>
       <c r="C14" s="6">
-        <v>14668.692313</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:3" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>14400.318361</v>
+      </c>
+    </row>
+    <row r="15" spans="1:3" ht="21.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B15" s="6" t="s">
         <v>17</v>
       </c>
       <c r="C15" s="6" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="16" spans="1:3" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:3" ht="21.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B16" s="6">
-        <v>113.461477</v>
+        <v>189.64185900000001</v>
       </c>
       <c r="C16" s="6">
-        <v>189.64185900000001</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:3" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>354.082247</v>
+      </c>
+    </row>
+    <row r="17" spans="1:3" ht="21.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="B17" s="6">
-        <v>913.99718399999995</v>
+        <v>908.33323099999996</v>
       </c>
       <c r="C17" s="6">
-        <v>908.33323099999996</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:3" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>917.87948200000005</v>
+      </c>
+    </row>
+    <row r="18" spans="1:3" ht="21.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B18" s="6">
-        <v>11714.337527</v>
+        <v>11823.75186</v>
       </c>
       <c r="C18" s="6">
-        <v>11823.75186</v>
+        <v>12126.44852</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:C1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Delovni listi</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Bilanca BS</vt:lpstr>
+      <vt:lpstr>predloga</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Banka Slovenije</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Rubin Samo</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>