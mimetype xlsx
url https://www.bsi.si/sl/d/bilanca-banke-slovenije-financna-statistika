--- v2 (2025-11-25)
+++ v3 (2025-12-16)
@@ -1,133 +1,133 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Work\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{14E4615C-56BD-4827-B0DB-20D47DDE9992}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{16C2312F-0F18-4600-B49F-AC98F4C9FCD9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="22932" yWindow="-108" windowWidth="30936" windowHeight="16896" xr2:uid="{16F57CA5-AEE8-49EC-92D9-63D6C4D535B6}"/>
+    <workbookView xWindow="22932" yWindow="-108" windowWidth="30936" windowHeight="16896" xr2:uid="{35826FCB-ED8D-4020-94BB-255FD853E7E1}"/>
   </bookViews>
   <sheets>
-    <sheet name="predloga" sheetId="1" r:id="rId1"/>
+    <sheet name="Bilanca BS" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="19" uniqueCount="18">
   <si>
     <t>Bilanca Banke Slovenije / Analytical accounts of the Bank of Slovenia</t>
   </si>
   <si>
-    <t>Datum preseka / Date of last update: 14.11.2025</t>
+    <t>Datum preseka / Date of last update: 12.12.2025</t>
   </si>
   <si>
     <t>V Mio EUR / EUR Million</t>
   </si>
   <si>
     <t>Aktiva / Assets</t>
   </si>
   <si>
     <t>Terjatve do tujih sektorjev (tuja aktiva) / Claims on foreign sectors (foreign assets)</t>
   </si>
   <si>
     <t>Terjatve do centralne države / Claims on central government</t>
   </si>
   <si>
     <t>Terjatve do domačih denarnih sektorjev / Claims on domestic MFIs</t>
   </si>
   <si>
     <t>Ostala aktiva</t>
   </si>
   <si>
     <t>Pasiva / Liabilities</t>
   </si>
   <si>
     <t>Bankovci in kovanci (po 1.1.2007 ključ ECB) / Banknotes and coins (after 1.1.2007 ECB key)</t>
   </si>
   <si>
     <t>Vloge / Deposits</t>
   </si>
   <si>
     <t>Izdani vrednostni papirji / Securities issued</t>
   </si>
   <si>
     <t>Kapital in rezerve / Capital and reserves</t>
   </si>
   <si>
     <t>Alokacija SDR / SDR allocation</t>
   </si>
   <si>
     <t>Ostala pasiva / Remaining liabilities</t>
   </si>
   <si>
-    <t>2025M09</t>
-[...1 lines deleted...]
-  <si>
     <t>2025M10</t>
+  </si>
+  <si>
+    <t>2025M11</t>
   </si>
   <si>
     <t>...</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color rgb="FF0A0A0A"/>
       <name val="Open Sans"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
@@ -459,242 +459,242 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{79125256-5AAA-48DF-9AAC-5BB31A29EEDC}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3487A637-228C-4837-96BF-FCC31A15664D}">
   <dimension ref="A1:C18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <selection sqref="A1:C1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="13.8" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="91.5546875" customWidth="1"/>
-    <col min="2" max="2" width="16.6640625" customWidth="1"/>
+    <col min="1" max="1" width="91.54296875" customWidth="1"/>
+    <col min="2" max="2" width="16.6328125" customWidth="1"/>
     <col min="3" max="3" width="17" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:3" ht="35.25" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:3" ht="35.25" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
     </row>
-    <row r="3" spans="1:3" ht="15.6" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:3" ht="16.5" x14ac:dyDescent="0.3">
       <c r="A3" s="3" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:3" ht="15.6" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:3" ht="16.5" x14ac:dyDescent="0.3">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="6" spans="1:3" ht="15.6" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:3" ht="16.5" x14ac:dyDescent="0.3">
       <c r="A6" s="4"/>
       <c r="B6" s="5" t="s">
         <v>15</v>
       </c>
       <c r="C6" s="5" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="7" spans="1:3" ht="21.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:3" ht="21.9" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A7" s="4" t="s">
         <v>3</v>
       </c>
       <c r="B7" s="5">
-        <v>34981.459129000003</v>
+        <v>35197.953346000002</v>
       </c>
       <c r="C7" s="5">
-        <v>35197.953346000002</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:3" ht="21.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>35460.838840999997</v>
+      </c>
+    </row>
+    <row r="8" spans="1:3" ht="21.9" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A8" s="3" t="s">
         <v>4</v>
       </c>
       <c r="B8" s="6">
-        <v>22630.462511000002</v>
+        <v>22771.264079</v>
       </c>
       <c r="C8" s="6">
-        <v>22771.264079</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:3" ht="21.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>23002.795309000001</v>
+      </c>
+    </row>
+    <row r="9" spans="1:3" ht="21.9" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A9" s="3" t="s">
         <v>5</v>
       </c>
       <c r="B9" s="6">
-        <v>11772.379127</v>
+        <v>11858.327590000001</v>
       </c>
       <c r="C9" s="6">
-        <v>11858.327590000001</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:3" ht="21.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>11876.523346</v>
+      </c>
+    </row>
+    <row r="10" spans="1:3" ht="21.9" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="3" t="s">
         <v>6</v>
       </c>
       <c r="B10" s="6">
-        <v>68.706491999999997</v>
+        <v>70.083264999999997</v>
       </c>
       <c r="C10" s="6">
-        <v>70.083264999999997</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:3" ht="21.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>72.213431999999997</v>
+      </c>
+    </row>
+    <row r="11" spans="1:3" ht="21.9" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A11" s="3" t="s">
         <v>7</v>
       </c>
       <c r="B11" s="6">
-        <v>509.138282</v>
+        <v>497.514276</v>
       </c>
       <c r="C11" s="6">
-        <v>497.514276</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:3" ht="21.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>508.56118900000001</v>
+      </c>
+    </row>
+    <row r="12" spans="1:3" ht="21.9" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A12" s="4" t="s">
         <v>8</v>
       </c>
       <c r="B12" s="5">
-        <v>34981.459129000003</v>
+        <v>35197.953344000001</v>
       </c>
       <c r="C12" s="5">
-        <v>35197.953344000001</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:3" ht="21.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>35460.838843999998</v>
+      </c>
+    </row>
+    <row r="13" spans="1:3" ht="21.9" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A13" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B13" s="6">
-        <v>7391.0398660000001</v>
+        <v>7399.2247340000004</v>
       </c>
       <c r="C13" s="6">
-        <v>7399.2247340000004</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:3" ht="21.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>7414.4907320000002</v>
+      </c>
+    </row>
+    <row r="14" spans="1:3" ht="21.9" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A14" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B14" s="6">
-        <v>14668.692313</v>
+        <v>14400.318361</v>
       </c>
       <c r="C14" s="6">
-        <v>14400.318361</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:3" ht="21.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>14745.601623</v>
+      </c>
+    </row>
+    <row r="15" spans="1:3" ht="21.9" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A15" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B15" s="6" t="s">
         <v>17</v>
       </c>
       <c r="C15" s="6" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="16" spans="1:3" ht="21.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:3" ht="21.9" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A16" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B16" s="6">
-        <v>189.64185900000001</v>
+        <v>354.082247</v>
       </c>
       <c r="C16" s="6">
-        <v>354.082247</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:3" ht="21.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>387.23289399999999</v>
+      </c>
+    </row>
+    <row r="17" spans="1:3" ht="21.9" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="B17" s="6">
-        <v>908.33323099999996</v>
+        <v>917.87948200000005</v>
       </c>
       <c r="C17" s="6">
-        <v>917.87948200000005</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:3" ht="21.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>913.872702</v>
+      </c>
+    </row>
+    <row r="18" spans="1:3" ht="21.9" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B18" s="6">
-        <v>11823.75186</v>
+        <v>12126.44852</v>
       </c>
       <c r="C18" s="6">
-        <v>12126.44852</v>
+        <v>11999.640893</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:C1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Delovni listi</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>predloga</vt:lpstr>
+      <vt:lpstr>Bilanca BS</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Banka Slovenije</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Rubin Samo</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>