--- v3 (2025-12-16)
+++ v4 (2026-01-27)
@@ -1,219 +1,209 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Work\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Temp\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{16C2312F-0F18-4600-B49F-AC98F4C9FCD9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{8C09DFD5-E6FC-4C02-8D8A-3C47F8DA51DA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="22932" yWindow="-108" windowWidth="30936" windowHeight="16896" xr2:uid="{35826FCB-ED8D-4020-94BB-255FD853E7E1}"/>
+    <workbookView xWindow="22932" yWindow="-108" windowWidth="30936" windowHeight="16896" xr2:uid="{F7CA9D68-36B0-4082-B1F2-8AB4ED7E5BE0}"/>
   </bookViews>
   <sheets>
     <sheet name="Bilanca BS" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="19" uniqueCount="18">
   <si>
     <t>Bilanca Banke Slovenije / Analytical accounts of the Bank of Slovenia</t>
   </si>
   <si>
-    <t>Datum preseka / Date of last update: 12.12.2025</t>
+    <t>Datum preseka / Date of last update: 14.01.2026</t>
   </si>
   <si>
     <t>V Mio EUR / EUR Million</t>
   </si>
   <si>
     <t>Aktiva / Assets</t>
   </si>
   <si>
     <t>Terjatve do tujih sektorjev (tuja aktiva) / Claims on foreign sectors (foreign assets)</t>
   </si>
   <si>
     <t>Terjatve do centralne države / Claims on central government</t>
   </si>
   <si>
     <t>Terjatve do domačih denarnih sektorjev / Claims on domestic MFIs</t>
   </si>
   <si>
     <t>Ostala aktiva</t>
   </si>
   <si>
     <t>Pasiva / Liabilities</t>
   </si>
   <si>
     <t>Bankovci in kovanci (po 1.1.2007 ključ ECB) / Banknotes and coins (after 1.1.2007 ECB key)</t>
   </si>
   <si>
     <t>Vloge / Deposits</t>
   </si>
   <si>
     <t>Izdani vrednostni papirji / Securities issued</t>
   </si>
   <si>
     <t>Kapital in rezerve / Capital and reserves</t>
   </si>
   <si>
     <t>Alokacija SDR / SDR allocation</t>
   </si>
   <si>
     <t>Ostala pasiva / Remaining liabilities</t>
   </si>
   <si>
-    <t>2025M10</t>
-[...1 lines deleted...]
-  <si>
     <t>2025M11</t>
+  </si>
+  <si>
+    <t>2025M12</t>
   </si>
   <si>
     <t>...</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="5" x14ac:knownFonts="1">
+  <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color rgb="FF0A0A0A"/>
       <name val="Open Sans"/>
-      <family val="2"/>
-[...5 lines deleted...]
-      <name val="Times New Roman"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF0A0A0A"/>
       <name val="Open Sans"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FF0A0A0A"/>
       <name val="Open Sans"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="7">
+  <cellXfs count="6">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="left" wrapText="1"/>
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="4" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="4" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Navadno" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Officeova tema">
@@ -459,220 +449,220 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3487A637-228C-4837-96BF-FCC31A15664D}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{ED9C9E9C-AFEC-4434-A218-C92487196AE6}">
   <dimension ref="A1:C18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <selection sqref="A1:C1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="91.54296875" customWidth="1"/>
     <col min="2" max="2" width="16.6328125" customWidth="1"/>
     <col min="3" max="3" width="17" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:3" ht="35.25" customHeight="1" x14ac:dyDescent="0.4">
+    <row r="1" spans="1:3" ht="35.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="2"/>
-      <c r="C1" s="2"/>
+      <c r="B1" s="1"/>
+      <c r="C1" s="1"/>
     </row>
     <row r="3" spans="1:3" ht="16.5" x14ac:dyDescent="0.3">
-      <c r="A3" s="3" t="s">
+      <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:3" ht="16.5" x14ac:dyDescent="0.3">
-      <c r="A4" s="3" t="s">
+      <c r="A4" s="2" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:3" ht="16.5" x14ac:dyDescent="0.3">
-      <c r="A6" s="4"/>
-      <c r="B6" s="5" t="s">
+      <c r="A6" s="3"/>
+      <c r="B6" s="4" t="s">
         <v>15</v>
       </c>
-      <c r="C6" s="5" t="s">
+      <c r="C6" s="4" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="7" spans="1:3" ht="21.9" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A7" s="4" t="s">
+      <c r="A7" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="B7" s="5">
-[...2 lines deleted...]
-      <c r="C7" s="5">
+      <c r="B7" s="4">
         <v>35460.838840999997</v>
       </c>
+      <c r="C7" s="4">
+        <v>33824.436821000003</v>
+      </c>
     </row>
     <row r="8" spans="1:3" ht="21.9" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A8" s="3" t="s">
+      <c r="A8" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="B8" s="6">
-[...2 lines deleted...]
-      <c r="C8" s="6">
+      <c r="B8" s="5">
         <v>23002.795309000001</v>
       </c>
+      <c r="C8" s="5">
+        <v>21476.238805000001</v>
+      </c>
     </row>
     <row r="9" spans="1:3" ht="21.9" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A9" s="3" t="s">
+      <c r="A9" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="B9" s="6">
-[...2 lines deleted...]
-      <c r="C9" s="6">
+      <c r="B9" s="5">
         <v>11876.523346</v>
       </c>
+      <c r="C9" s="5">
+        <v>11796.931151000001</v>
+      </c>
     </row>
     <row r="10" spans="1:3" ht="21.9" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A10" s="3" t="s">
+      <c r="A10" s="2" t="s">
         <v>6</v>
       </c>
-      <c r="B10" s="6">
-[...2 lines deleted...]
-      <c r="C10" s="6">
+      <c r="B10" s="5">
         <v>72.213431999999997</v>
       </c>
+      <c r="C10" s="5">
+        <v>71.879465999999994</v>
+      </c>
     </row>
     <row r="11" spans="1:3" ht="21.9" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A11" s="3" t="s">
+      <c r="A11" s="2" t="s">
         <v>7</v>
       </c>
-      <c r="B11" s="6">
-[...2 lines deleted...]
-      <c r="C11" s="6">
+      <c r="B11" s="5">
         <v>508.56118900000001</v>
       </c>
+      <c r="C11" s="5">
+        <v>478.65038500000003</v>
+      </c>
     </row>
     <row r="12" spans="1:3" ht="21.9" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A12" s="4" t="s">
+      <c r="A12" s="3" t="s">
         <v>8</v>
       </c>
-      <c r="B12" s="5">
-[...2 lines deleted...]
-      <c r="C12" s="5">
+      <c r="B12" s="4">
         <v>35460.838843999998</v>
       </c>
+      <c r="C12" s="4">
+        <v>33824.436823999997</v>
+      </c>
     </row>
     <row r="13" spans="1:3" ht="21.9" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A13" s="3" t="s">
+      <c r="A13" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="B13" s="6">
-[...2 lines deleted...]
-      <c r="C13" s="6">
+      <c r="B13" s="5">
         <v>7414.4907320000002</v>
       </c>
+      <c r="C13" s="5">
+        <v>7524.8143819999996</v>
+      </c>
     </row>
     <row r="14" spans="1:3" ht="21.9" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A14" s="3" t="s">
+      <c r="A14" s="2" t="s">
         <v>10</v>
       </c>
-      <c r="B14" s="6">
-[...2 lines deleted...]
-      <c r="C14" s="6">
+      <c r="B14" s="5">
         <v>14745.601623</v>
       </c>
+      <c r="C14" s="5">
+        <v>12973.419115000001</v>
+      </c>
     </row>
     <row r="15" spans="1:3" ht="21.9" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A15" s="3" t="s">
+      <c r="A15" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="B15" s="6" t="s">
+      <c r="B15" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="C15" s="6" t="s">
+      <c r="C15" s="5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="16" spans="1:3" ht="21.9" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A16" s="3" t="s">
+      <c r="A16" s="2" t="s">
         <v>12</v>
       </c>
-      <c r="B16" s="6">
-[...2 lines deleted...]
-      <c r="C16" s="6">
+      <c r="B16" s="5">
         <v>387.23289399999999</v>
       </c>
+      <c r="C16" s="5">
+        <v>281.60504100000003</v>
+      </c>
     </row>
     <row r="17" spans="1:3" ht="21.9" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A17" s="3" t="s">
+      <c r="A17" s="2" t="s">
         <v>13</v>
       </c>
-      <c r="B17" s="6">
-[...2 lines deleted...]
-      <c r="C17" s="6">
+      <c r="B17" s="5">
         <v>913.872702</v>
       </c>
+      <c r="C17" s="5">
+        <v>906.85500100000002</v>
+      </c>
     </row>
     <row r="18" spans="1:3" ht="21.9" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A18" s="3" t="s">
+      <c r="A18" s="2" t="s">
         <v>14</v>
       </c>
-      <c r="B18" s="6">
-[...2 lines deleted...]
-      <c r="C18" s="6">
+      <c r="B18" s="5">
         <v>11999.640893</v>
+      </c>
+      <c r="C18" s="5">
+        <v>12137.743285</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:C1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Delovni listi</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>