--- v4 (2026-01-27)
+++ v5 (2026-02-17)
@@ -1,230 +1,374 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Temp\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Work\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{8C09DFD5-E6FC-4C02-8D8A-3C47F8DA51DA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{0EB5DF04-F63B-48B3-8F1A-2840C85D66DC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="22932" yWindow="-108" windowWidth="30936" windowHeight="16896" xr2:uid="{F7CA9D68-36B0-4082-B1F2-8AB4ED7E5BE0}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17640" xr2:uid="{2CD23628-2C4A-45BF-A6F4-DCEBE7134DA0}"/>
   </bookViews>
   <sheets>
-    <sheet name="Bilanca BS" sheetId="1" r:id="rId1"/>
+    <sheet name="Bilanca-BS" sheetId="1" r:id="rId1"/>
   </sheets>
+  <externalReferences>
+    <externalReference r:id="rId2"/>
+  </externalReferences>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
+<file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
+<calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <c r="C18" i="1" l="1"/>
+  <c r="B18" i="1"/>
+  <c r="C17" i="1"/>
+  <c r="B17" i="1"/>
+  <c r="C16" i="1"/>
+  <c r="B16" i="1"/>
+  <c r="C15" i="1"/>
+  <c r="B15" i="1"/>
+  <c r="C14" i="1"/>
+  <c r="B14" i="1"/>
+  <c r="C13" i="1"/>
+  <c r="B13" i="1"/>
+  <c r="C12" i="1"/>
+  <c r="B12" i="1"/>
+  <c r="C11" i="1"/>
+  <c r="B11" i="1"/>
+  <c r="C10" i="1"/>
+  <c r="B10" i="1"/>
+  <c r="C9" i="1"/>
+  <c r="B9" i="1"/>
+  <c r="C8" i="1"/>
+  <c r="B8" i="1"/>
+  <c r="C7" i="1"/>
+  <c r="B7" i="1"/>
+  <c r="C6" i="1"/>
+  <c r="B6" i="1"/>
+</calcChain>
+</file>
+
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="19" uniqueCount="18">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="15" uniqueCount="15">
   <si>
     <t>Bilanca Banke Slovenije / Analytical accounts of the Bank of Slovenia</t>
   </si>
   <si>
-    <t>Datum preseka / Date of last update: 14.01.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>V Mio EUR / EUR Million</t>
   </si>
   <si>
     <t>Aktiva / Assets</t>
   </si>
   <si>
     <t>Terjatve do tujih sektorjev (tuja aktiva) / Claims on foreign sectors (foreign assets)</t>
   </si>
   <si>
     <t>Terjatve do centralne države / Claims on central government</t>
   </si>
   <si>
     <t>Terjatve do domačih denarnih sektorjev / Claims on domestic MFIs</t>
   </si>
   <si>
     <t>Ostala aktiva</t>
   </si>
   <si>
     <t>Pasiva / Liabilities</t>
   </si>
   <si>
     <t>Bankovci in kovanci (po 1.1.2007 ključ ECB) / Banknotes and coins (after 1.1.2007 ECB key)</t>
   </si>
   <si>
     <t>Vloge / Deposits</t>
   </si>
   <si>
     <t>Izdani vrednostni papirji / Securities issued</t>
   </si>
   <si>
     <t>Kapital in rezerve / Capital and reserves</t>
   </si>
   <si>
     <t>Alokacija SDR / SDR allocation</t>
   </si>
   <si>
     <t>Ostala pasiva / Remaining liabilities</t>
   </si>
   <si>
-    <t>2025M11</t>
-[...5 lines deleted...]
-    <t>...</t>
+    <t>Datum preseka / Date of last update: 13.02.2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="4" x14ac:knownFonts="1">
+  <fonts count="5" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color rgb="FF0A0A0A"/>
       <name val="Open Sans"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <sz val="14"/>
+      <color theme="1"/>
+      <name val="Times New Roman"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF0A0A0A"/>
       <name val="Open Sans"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FF0A0A0A"/>
       <name val="Open Sans"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="6">
+  <cellXfs count="7">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="4" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Navadno" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+</file>
+
+<file path=xl/externalLinks/_rels/externalLink1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///F:\SMTP\INTERNET\Podatki\Bilanca%20Banke%20Slovenije%20-%20priprava.xlsx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///F:\SMTP\INTERNET\Podatki\Bilanca%20Banke%20Slovenije%20-%20priprava.xlsx" TargetMode="External"/></Relationships>
+</file>
+
+<file path=xl/externalLinks/externalLink1.xml><?xml version="1.0" encoding="utf-8"?>
+<externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
+  <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
+    <xxl21:alternateUrls>
+      <xxl21:absoluteUrl r:id="rId2"/>
+    </xxl21:alternateUrls>
+    <sheetNames>
+      <sheetName val="Navodila"/>
+      <sheetName val="predloga"/>
+      <sheetName val="podatki"/>
+    </sheetNames>
+    <sheetDataSet>
+      <sheetData sheetId="0"/>
+      <sheetData sheetId="1"/>
+      <sheetData sheetId="2">
+        <row r="4">
+          <cell r="A4" t="str">
+            <v>2025M12</v>
+          </cell>
+          <cell r="D4">
+            <v>33824.436821000003</v>
+          </cell>
+          <cell r="E4">
+            <v>21476.238805000001</v>
+          </cell>
+          <cell r="F4">
+            <v>11796.931151000001</v>
+          </cell>
+          <cell r="G4">
+            <v>71.879465999999994</v>
+          </cell>
+          <cell r="H4">
+            <v>478.65038500000003</v>
+          </cell>
+          <cell r="I4">
+            <v>33824.436823999997</v>
+          </cell>
+          <cell r="J4">
+            <v>7524.8143819999996</v>
+          </cell>
+          <cell r="K4">
+            <v>12973.419115000001</v>
+          </cell>
+          <cell r="L4" t="str">
+            <v>...</v>
+          </cell>
+          <cell r="M4">
+            <v>281.60504100000003</v>
+          </cell>
+          <cell r="N4">
+            <v>906.85500100000002</v>
+          </cell>
+          <cell r="O4">
+            <v>12137.743285</v>
+          </cell>
+        </row>
+        <row r="5">
+          <cell r="A5" t="str">
+            <v>2026M01</v>
+          </cell>
+          <cell r="D5">
+            <v>35797.800173000003</v>
+          </cell>
+          <cell r="E5">
+            <v>23348.166679999998</v>
+          </cell>
+          <cell r="F5">
+            <v>11879.273579999999</v>
+          </cell>
+          <cell r="G5">
+            <v>69.745766000000003</v>
+          </cell>
+          <cell r="H5">
+            <v>499.89574699999997</v>
+          </cell>
+          <cell r="I5">
+            <v>35797.800173000003</v>
+          </cell>
+          <cell r="J5">
+            <v>7382.0250390000001</v>
+          </cell>
+          <cell r="K5">
+            <v>14854.878849999999</v>
+          </cell>
+          <cell r="L5" t="str">
+            <v>...</v>
+          </cell>
+          <cell r="M5">
+            <v>398.23666700000001</v>
+          </cell>
+          <cell r="N5">
+            <v>901.30775000000006</v>
+          </cell>
+          <cell r="O5">
+            <v>12261.351866999999</v>
+          </cell>
+        </row>
+      </sheetData>
+    </sheetDataSet>
+  </externalBook>
+</externalLink>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Officeova tema">
   <a:themeElements>
     <a:clrScheme name="Pisarna">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -449,242 +593,268 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{ED9C9E9C-AFEC-4434-A218-C92487196AE6}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B95D2962-3F4A-46C6-90BF-358EB44D7541}">
   <dimension ref="A1:C18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <selection sqref="A1:C1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="91.54296875" customWidth="1"/>
-    <col min="2" max="2" width="16.6328125" customWidth="1"/>
+    <col min="1" max="1" width="91.5703125" customWidth="1"/>
+    <col min="2" max="2" width="16.5703125" customWidth="1"/>
     <col min="3" max="3" width="17" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="35.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="1"/>
-[...3 lines deleted...]
-      <c r="A3" s="2" t="s">
+      <c r="B1" s="2"/>
+      <c r="C1" s="2"/>
+    </row>
+    <row r="3" spans="1:3" ht="16.5" x14ac:dyDescent="0.25">
+      <c r="A3" s="3" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="4" spans="1:3" ht="16.5" x14ac:dyDescent="0.25">
+      <c r="A4" s="3" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:3" ht="16.5" x14ac:dyDescent="0.3">
-      <c r="A4" s="2" t="s">
+    <row r="6" spans="1:3" ht="16.5" x14ac:dyDescent="0.25">
+      <c r="A6" s="4"/>
+      <c r="B6" s="5" t="str">
+        <f>[1]podatki!A4</f>
+        <v>2025M12</v>
+      </c>
+      <c r="C6" s="5" t="str">
+        <f>[1]podatki!A5</f>
+        <v>2026M01</v>
+      </c>
+    </row>
+    <row r="7" spans="1:3" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="4" t="s">
         <v>2</v>
       </c>
-    </row>
-[...10 lines deleted...]
-      <c r="A7" s="3" t="s">
+      <c r="B7" s="5">
+        <f>[1]podatki!$D4</f>
+        <v>33824.436821000003</v>
+      </c>
+      <c r="C7" s="5">
+        <f>[1]podatki!D$5</f>
+        <v>35797.800173000003</v>
+      </c>
+    </row>
+    <row r="8" spans="1:3" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="B7" s="4">
-[...7 lines deleted...]
-      <c r="A8" s="2" t="s">
+      <c r="B8" s="6">
+        <f>[1]podatki!E4</f>
+        <v>21476.238805000001</v>
+      </c>
+      <c r="C8" s="6">
+        <f>[1]podatki!E$5</f>
+        <v>23348.166679999998</v>
+      </c>
+    </row>
+    <row r="9" spans="1:3" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="3" t="s">
         <v>4</v>
       </c>
-      <c r="B8" s="5">
-[...7 lines deleted...]
-      <c r="A9" s="2" t="s">
+      <c r="B9" s="6">
+        <f>[1]podatki!F4</f>
+        <v>11796.931151000001</v>
+      </c>
+      <c r="C9" s="6">
+        <f>[1]podatki!F$5</f>
+        <v>11879.273579999999</v>
+      </c>
+    </row>
+    <row r="10" spans="1:3" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="3" t="s">
         <v>5</v>
       </c>
-      <c r="B9" s="5">
-[...7 lines deleted...]
-      <c r="A10" s="2" t="s">
+      <c r="B10" s="6">
+        <f>[1]podatki!G4</f>
+        <v>71.879465999999994</v>
+      </c>
+      <c r="C10" s="6">
+        <f>[1]podatki!G$5</f>
+        <v>69.745766000000003</v>
+      </c>
+    </row>
+    <row r="11" spans="1:3" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="3" t="s">
         <v>6</v>
       </c>
-      <c r="B10" s="5">
-[...7 lines deleted...]
-      <c r="A11" s="2" t="s">
+      <c r="B11" s="6">
+        <f>[1]podatki!H4</f>
+        <v>478.65038500000003</v>
+      </c>
+      <c r="C11" s="6">
+        <f>[1]podatki!H$5</f>
+        <v>499.89574699999997</v>
+      </c>
+    </row>
+    <row r="12" spans="1:3" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="4" t="s">
         <v>7</v>
       </c>
-      <c r="B11" s="5">
-[...7 lines deleted...]
-      <c r="A12" s="3" t="s">
+      <c r="B12" s="5">
+        <f>[1]podatki!I4</f>
+        <v>33824.436823999997</v>
+      </c>
+      <c r="C12" s="5">
+        <f>[1]podatki!I$5</f>
+        <v>35797.800173000003</v>
+      </c>
+    </row>
+    <row r="13" spans="1:3" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="3" t="s">
         <v>8</v>
       </c>
-      <c r="B12" s="4">
-[...7 lines deleted...]
-      <c r="A13" s="2" t="s">
+      <c r="B13" s="6">
+        <f>[1]podatki!J4</f>
+        <v>7524.8143819999996</v>
+      </c>
+      <c r="C13" s="6">
+        <f>[1]podatki!J$5</f>
+        <v>7382.0250390000001</v>
+      </c>
+    </row>
+    <row r="14" spans="1:3" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="B13" s="5">
-[...7 lines deleted...]
-      <c r="A14" s="2" t="s">
+      <c r="B14" s="6">
+        <f>[1]podatki!K4</f>
+        <v>12973.419115000001</v>
+      </c>
+      <c r="C14" s="6">
+        <f>[1]podatki!K$5</f>
+        <v>14854.878849999999</v>
+      </c>
+    </row>
+    <row r="15" spans="1:3" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="B14" s="5">
-[...7 lines deleted...]
-      <c r="A15" s="2" t="s">
+      <c r="B15" s="6" t="str">
+        <f>[1]podatki!L4</f>
+        <v>...</v>
+      </c>
+      <c r="C15" s="6" t="str">
+        <f>[1]podatki!L$5</f>
+        <v>...</v>
+      </c>
+    </row>
+    <row r="16" spans="1:3" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="3" t="s">
         <v>11</v>
       </c>
-      <c r="B15" s="5" t="s">
-[...7 lines deleted...]
-      <c r="A16" s="2" t="s">
+      <c r="B16" s="6">
+        <f>[1]podatki!M4</f>
+        <v>281.60504100000003</v>
+      </c>
+      <c r="C16" s="6">
+        <f>[1]podatki!M$5</f>
+        <v>398.23666700000001</v>
+      </c>
+    </row>
+    <row r="17" spans="1:3" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="3" t="s">
         <v>12</v>
       </c>
-      <c r="B16" s="5">
-[...7 lines deleted...]
-      <c r="A17" s="2" t="s">
+      <c r="B17" s="6">
+        <f>[1]podatki!N4</f>
+        <v>906.85500100000002</v>
+      </c>
+      <c r="C17" s="6">
+        <f>[1]podatki!N$5</f>
+        <v>901.30775000000006</v>
+      </c>
+    </row>
+    <row r="18" spans="1:3" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="3" t="s">
         <v>13</v>
       </c>
-      <c r="B17" s="5">
-[...13 lines deleted...]
-      <c r="C18" s="5">
+      <c r="B18" s="6">
+        <f>[1]podatki!O4</f>
         <v>12137.743285</v>
+      </c>
+      <c r="C18" s="6">
+        <f>[1]podatki!O$5</f>
+        <v>12261.351866999999</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:C1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Delovni listi</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Bilanca BS</vt:lpstr>
+      <vt:lpstr>Bilanca-BS</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Banka Slovenije</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Rubin Samo</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>