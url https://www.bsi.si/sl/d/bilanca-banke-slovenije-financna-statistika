--- v5 (2026-02-17)
+++ v6 (2026-03-29)
@@ -1,163 +1,136 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-  <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Work\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{0EB5DF04-F63B-48B3-8F1A-2840C85D66DC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3D8361C5-4ACB-459F-882D-572C145D399F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17640" xr2:uid="{2CD23628-2C4A-45BF-A6F4-DCEBE7134DA0}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17640" xr2:uid="{DBB7CA36-3F87-4363-B195-1120ED332322}"/>
   </bookViews>
   <sheets>
-    <sheet name="Bilanca-BS" sheetId="1" r:id="rId1"/>
+    <sheet name="Bilanca BS" sheetId="1" r:id="rId1"/>
   </sheets>
-  <externalReferences>
-[...1 lines deleted...]
-  </externalReferences>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
-<file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
-[...29 lines deleted...]
-
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="15" uniqueCount="15">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="19" uniqueCount="18">
   <si>
     <t>Bilanca Banke Slovenije / Analytical accounts of the Bank of Slovenia</t>
   </si>
   <si>
+    <t>Datum preseka / Date of last update: 13.03.2026</t>
+  </si>
+  <si>
     <t>V Mio EUR / EUR Million</t>
   </si>
   <si>
     <t>Aktiva / Assets</t>
   </si>
   <si>
     <t>Terjatve do tujih sektorjev (tuja aktiva) / Claims on foreign sectors (foreign assets)</t>
   </si>
   <si>
     <t>Terjatve do centralne države / Claims on central government</t>
   </si>
   <si>
     <t>Terjatve do domačih denarnih sektorjev / Claims on domestic MFIs</t>
   </si>
   <si>
     <t>Ostala aktiva</t>
   </si>
   <si>
     <t>Pasiva / Liabilities</t>
   </si>
   <si>
     <t>Bankovci in kovanci (po 1.1.2007 ključ ECB) / Banknotes and coins (after 1.1.2007 ECB key)</t>
   </si>
   <si>
     <t>Vloge / Deposits</t>
   </si>
   <si>
     <t>Izdani vrednostni papirji / Securities issued</t>
   </si>
   <si>
     <t>Kapital in rezerve / Capital and reserves</t>
   </si>
   <si>
     <t>Alokacija SDR / SDR allocation</t>
   </si>
   <si>
     <t>Ostala pasiva / Remaining liabilities</t>
   </si>
   <si>
-    <t>Datum preseka / Date of last update: 13.02.2026</t>
+    <t>2026M01</t>
+  </si>
+  <si>
+    <t>2026M02</t>
+  </si>
+  <si>
+    <t>...</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color rgb="FF0A0A0A"/>
       <name val="Open Sans"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="14"/>
       <color theme="1"/>
@@ -217,158 +190,51 @@
     </xf>
     <xf numFmtId="4" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Navadno" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
-[...106 lines deleted...]
-</externalLink>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Officeova tema">
   <a:themeElements>
     <a:clrScheme name="Pisarna">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -593,268 +459,242 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B95D2962-3F4A-46C6-90BF-358EB44D7541}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3066DC83-6C54-4D46-B7BA-1C7BECD0A10C}">
   <dimension ref="A1:C18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <selection sqref="A1:C1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="91.5703125" customWidth="1"/>
     <col min="2" max="2" width="16.5703125" customWidth="1"/>
     <col min="3" max="3" width="17" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="35.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
     </row>
     <row r="3" spans="1:3" ht="16.5" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
-        <v>14</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:3" ht="16.5" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:3" ht="16.5" x14ac:dyDescent="0.25">
       <c r="A6" s="4"/>
-      <c r="B6" s="5" t="str">
-[...5 lines deleted...]
-        <v>2026M01</v>
+      <c r="B6" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="C6" s="5" t="s">
+        <v>16</v>
       </c>
     </row>
     <row r="7" spans="1:3" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="4" t="s">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="B7" s="5">
-        <f>[1]podatki!$D4</f>
-        <v>33824.436821000003</v>
+        <v>35797.800173000003</v>
       </c>
       <c r="C7" s="5">
-        <f>[1]podatki!D$5</f>
-        <v>35797.800173000003</v>
+        <v>35614.843570999998</v>
       </c>
     </row>
     <row r="8" spans="1:3" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="B8" s="6">
-        <f>[1]podatki!E4</f>
-        <v>21476.238805000001</v>
+        <v>23348.166679999998</v>
       </c>
       <c r="C8" s="6">
-        <f>[1]podatki!E$5</f>
-        <v>23348.166679999998</v>
+        <v>23496.045185999999</v>
       </c>
     </row>
     <row r="9" spans="1:3" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="B9" s="6">
-        <f>[1]podatki!F4</f>
-        <v>11796.931151000001</v>
+        <v>11879.273579999999</v>
       </c>
       <c r="C9" s="6">
-        <f>[1]podatki!F$5</f>
-        <v>11879.273579999999</v>
+        <v>11548.229439000001</v>
       </c>
     </row>
     <row r="10" spans="1:3" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="B10" s="6">
-        <f>[1]podatki!G4</f>
-        <v>71.879465999999994</v>
+        <v>69.745766000000003</v>
       </c>
       <c r="C10" s="6">
-        <f>[1]podatki!G$5</f>
-        <v>69.745766000000003</v>
+        <v>69.975955999999996</v>
       </c>
     </row>
     <row r="11" spans="1:3" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="B11" s="6">
-        <f>[1]podatki!H4</f>
-        <v>478.65038500000003</v>
+        <v>499.89574699999997</v>
       </c>
       <c r="C11" s="6">
-        <f>[1]podatki!H$5</f>
-        <v>499.89574699999997</v>
+        <v>499.88824899999997</v>
       </c>
     </row>
     <row r="12" spans="1:3" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="4" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="B12" s="5">
-        <f>[1]podatki!I4</f>
-        <v>33824.436823999997</v>
+        <v>35797.800173000003</v>
       </c>
       <c r="C12" s="5">
-        <f>[1]podatki!I$5</f>
-        <v>35797.800173000003</v>
+        <v>35614.843570999998</v>
       </c>
     </row>
     <row r="13" spans="1:3" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="B13" s="6">
-        <f>[1]podatki!J4</f>
-        <v>7524.8143819999996</v>
+        <v>7382.0250390000001</v>
       </c>
       <c r="C13" s="6">
-        <f>[1]podatki!J$5</f>
-        <v>7382.0250390000001</v>
+        <v>7378.2104280000003</v>
       </c>
     </row>
     <row r="14" spans="1:3" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B14" s="6">
-        <f>[1]podatki!K4</f>
-        <v>12973.419115000001</v>
+        <v>14854.878849999999</v>
       </c>
       <c r="C14" s="6">
-        <f>[1]podatki!K$5</f>
-        <v>14854.878849999999</v>
+        <v>14410.834564000001</v>
       </c>
     </row>
     <row r="15" spans="1:3" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
-        <v>10</v>
-[...7 lines deleted...]
-        <v>...</v>
+        <v>11</v>
+      </c>
+      <c r="B15" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="C15" s="6" t="s">
+        <v>17</v>
       </c>
     </row>
     <row r="16" spans="1:3" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B16" s="6">
-        <f>[1]podatki!M4</f>
-        <v>281.60504100000003</v>
+        <v>398.23666700000001</v>
       </c>
       <c r="C16" s="6">
-        <f>[1]podatki!M$5</f>
-        <v>398.23666700000001</v>
+        <v>542.92920700000002</v>
       </c>
     </row>
     <row r="17" spans="1:3" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B17" s="6">
-        <f>[1]podatki!N4</f>
-        <v>906.85500100000002</v>
+        <v>901.30775000000006</v>
       </c>
       <c r="C17" s="6">
-        <f>[1]podatki!N$5</f>
-        <v>901.30775000000006</v>
+        <v>906.76941899999997</v>
       </c>
     </row>
     <row r="18" spans="1:3" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B18" s="6">
-        <f>[1]podatki!O4</f>
-        <v>12137.743285</v>
+        <v>12261.351866999999</v>
       </c>
       <c r="C18" s="6">
-        <f>[1]podatki!O$5</f>
-        <v>12261.351866999999</v>
+        <v>12376.099953000001</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:C1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Delovni listi</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Bilanca-BS</vt:lpstr>
+      <vt:lpstr>Bilanca BS</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Banka Slovenije</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Rubin Samo</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>