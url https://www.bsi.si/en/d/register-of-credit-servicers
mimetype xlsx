--- v0 (2026-01-05)
+++ v1 (2026-02-16)
@@ -8,94 +8,94 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/threadedComments/threadedComment1.xml" ContentType="application/vnd.ms-excel.threadedcomments+xml"/>
   <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\jansma7161\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{0BD43552-5CC1-49BD-9741-92873559B4CE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{747A9F8B-CC09-418E-B066-AD31A1864F06}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17640" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="1395" yWindow="2520" windowWidth="25650" windowHeight="12735" activeTab="2" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Firms in operation" sheetId="1" r:id="rId1"/>
     <sheet name="European Passport" sheetId="3" r:id="rId2"/>
     <sheet name="Licence withdrawn" sheetId="2" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Firms in operation'!$B$5:$G$5</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Firms in operation'!$B$1:$F$5</definedName>
   </definedNames>
   <calcPr calcId="162913"/>
 </workbook>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>tc={BDA46064-5628-4BD4-AD58-28FB98ADE76D}</author>
   </authors>
   <commentList>
     <comment ref="M3" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0000-000001000000}">
       <text>
         <t xml:space="preserve">[Pripomba v niti]
 Vaša različica programa Excel dovoljuje branje te pripombe v niti, vendar pa bodo vse spremembe odstranjene, če bo datoteka odprta v novejši različici programa Excel. Več informacij: https://go.microsoft.com/fwlink/?linkid=870924.
 Pripomba:
     Η παροχή υπηρεσιών master servicing διασυνοριακά από την Veraltis δεν υπόκειται στις υποχρεώσεις του άρθρου 16 του Ν 5072/2023. </t>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="53" uniqueCount="40">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="34">
   <si>
     <t>Telephone</t>
   </si>
   <si>
     <t>Name of the Company</t>
   </si>
   <si>
     <t>Contact details (also for customer complaints)</t>
   </si>
   <si>
     <t>Postal address</t>
   </si>
   <si>
     <t>e-mail adress</t>
   </si>
   <si>
     <t>Website</t>
   </si>
   <si>
     <t>since</t>
   </si>
   <si>
     <t>latest approval</t>
   </si>
   <si>
@@ -125,99 +125,79 @@
   <si>
     <t>Identification 
 number</t>
   </si>
   <si>
     <t>Receive and hold funds from borrowers</t>
   </si>
   <si>
     <t xml:space="preserve">Provision of services to other Member States </t>
   </si>
   <si>
     <t>No firms currently licenced.</t>
   </si>
   <si>
     <t>European Passport</t>
   </si>
   <si>
     <t>/</t>
   </si>
   <si>
     <t>VERALTIS ASSET MANAGEMENT d.o.o. –
 Podružnica v Sloveniji</t>
   </si>
   <si>
     <t>SK007</t>
-  </si>
-[...15 lines deleted...]
-    <t>14. 8. 2024</t>
   </si>
   <si>
     <t>Date of first issue of licence by the Home NCA</t>
   </si>
   <si>
     <t>Notification in Slovenia valid from</t>
   </si>
   <si>
     <t>Identification Number</t>
   </si>
   <si>
     <t>LIST OF CREDIT SERVICING FIRMS THAT HAVE THEIR LICENCE WITHDRAWN</t>
   </si>
   <si>
     <t>Nordic Trustee GmbH</t>
   </si>
   <si>
     <t>+49 1761 302 3002</t>
   </si>
   <si>
     <t>Stefan.Luthringshauser@nordictrustee.com; milintenkov@nordictrustee.com</t>
   </si>
   <si>
     <t>https://nordictrustee.com/</t>
   </si>
   <si>
     <t>Brusseler Stral3e 1-3
 60327 Frankfurt am Main
 Germany</t>
-  </si>
-[...1 lines deleted...]
-    <t>NO</t>
   </si>
   <si>
     <t>YES</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="11" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="161"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
@@ -452,73 +432,73 @@
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" quotePrefix="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="10" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
-    </xf>
-[...4 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hiperpovezava" xfId="1" builtinId="8"/>
     <cellStyle name="Navadno" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF144835"/>
       <color rgb="FFA5C3B9"/>
       <color rgb="FF78A596"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
@@ -845,121 +825,121 @@
   </sheetPr>
   <dimension ref="B1:O7"/>
   <sheetViews>
     <sheetView zoomScale="75" zoomScaleNormal="75" workbookViewId="0">
       <selection activeCell="B18" sqref="B18"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="1.85546875" customWidth="1"/>
     <col min="2" max="2" width="17.140625" customWidth="1"/>
     <col min="3" max="3" width="51.7109375" customWidth="1"/>
     <col min="4" max="4" width="27.5703125" customWidth="1"/>
     <col min="5" max="5" width="39.140625" customWidth="1"/>
     <col min="6" max="6" width="26.28515625" customWidth="1"/>
     <col min="7" max="7" width="32.85546875" customWidth="1"/>
     <col min="8" max="8" width="32.7109375" customWidth="1"/>
     <col min="9" max="9" width="16.140625" customWidth="1"/>
     <col min="10" max="10" width="22.85546875" customWidth="1"/>
     <col min="11" max="11" width="26.7109375" customWidth="1"/>
     <col min="12" max="12" width="32" customWidth="1"/>
     <col min="13" max="15" width="18.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:15" s="1" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B1" s="29" t="s">
+      <c r="B1" s="31" t="s">
         <v>14</v>
       </c>
-      <c r="C1" s="29"/>
-[...2 lines deleted...]
-      <c r="F1" s="29"/>
+      <c r="C1" s="31"/>
+      <c r="D1" s="31"/>
+      <c r="E1" s="31"/>
+      <c r="F1" s="31"/>
     </row>
     <row r="2" spans="2:15" s="1" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B2" s="29"/>
-[...3 lines deleted...]
-      <c r="F2" s="29"/>
+      <c r="B2" s="31"/>
+      <c r="C2" s="31"/>
+      <c r="D2" s="31"/>
+      <c r="E2" s="31"/>
+      <c r="F2" s="31"/>
     </row>
     <row r="3" spans="2:15" s="2" customFormat="1" ht="46.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B3" s="28" t="s">
+      <c r="B3" s="30" t="s">
         <v>15</v>
       </c>
-      <c r="C3" s="28" t="s">
+      <c r="C3" s="30" t="s">
         <v>1</v>
       </c>
-      <c r="D3" s="28" t="s">
+      <c r="D3" s="30" t="s">
         <v>16</v>
       </c>
-      <c r="E3" s="28" t="s">
+      <c r="E3" s="30" t="s">
         <v>2</v>
       </c>
-      <c r="F3" s="28"/>
-[...2 lines deleted...]
-      <c r="I3" s="28" t="s">
+      <c r="F3" s="30"/>
+      <c r="G3" s="30"/>
+      <c r="H3" s="30"/>
+      <c r="I3" s="30" t="s">
         <v>8</v>
       </c>
-      <c r="J3" s="28"/>
-      <c r="K3" s="28" t="s">
+      <c r="J3" s="30"/>
+      <c r="K3" s="30" t="s">
         <v>12</v>
       </c>
-      <c r="L3" s="28" t="s">
+      <c r="L3" s="30" t="s">
         <v>17</v>
       </c>
-      <c r="M3" s="28" t="s">
+      <c r="M3" s="30" t="s">
         <v>18</v>
       </c>
-      <c r="N3" s="28"/>
-      <c r="O3" s="28"/>
+      <c r="N3" s="30"/>
+      <c r="O3" s="30"/>
     </row>
     <row r="4" spans="2:15" s="2" customFormat="1" ht="46.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B4" s="28"/>
-[...1 lines deleted...]
-      <c r="D4" s="28"/>
+      <c r="B4" s="30"/>
+      <c r="C4" s="30"/>
+      <c r="D4" s="30"/>
       <c r="E4" s="16" t="s">
         <v>3</v>
       </c>
       <c r="F4" s="16" t="s">
         <v>0</v>
       </c>
       <c r="G4" s="16" t="s">
         <v>4</v>
       </c>
       <c r="H4" s="16" t="s">
         <v>5</v>
       </c>
       <c r="I4" s="16" t="s">
         <v>6</v>
       </c>
       <c r="J4" s="16" t="s">
         <v>7</v>
       </c>
-      <c r="K4" s="28"/>
-      <c r="L4" s="28"/>
+      <c r="K4" s="30"/>
+      <c r="L4" s="30"/>
       <c r="M4" s="16" t="s">
         <v>9</v>
       </c>
       <c r="N4" s="16" t="s">
         <v>10</v>
       </c>
       <c r="O4" s="16" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="5" spans="2:15" s="1" customFormat="1" ht="36.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B5" s="17"/>
       <c r="C5" s="18"/>
       <c r="D5" s="19"/>
       <c r="E5" s="20"/>
       <c r="F5" s="21"/>
       <c r="G5" s="22"/>
       <c r="H5" s="23"/>
       <c r="I5" s="24"/>
       <c r="J5" s="24"/>
       <c r="K5" s="25"/>
       <c r="L5" s="25"/>
       <c r="M5" s="26"/>
       <c r="N5" s="26"/>
       <c r="O5" s="26"/>
@@ -968,268 +948,246 @@
       <c r="C7" t="s">
         <v>19</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="9">
     <mergeCell ref="K3:K4"/>
     <mergeCell ref="L3:L4"/>
     <mergeCell ref="M3:O3"/>
     <mergeCell ref="B1:F2"/>
     <mergeCell ref="B3:B4"/>
     <mergeCell ref="C3:C4"/>
     <mergeCell ref="D3:D4"/>
     <mergeCell ref="E3:H3"/>
     <mergeCell ref="I3:J3"/>
   </mergeCells>
   <phoneticPr fontId="5" type="noConversion"/>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="84" orientation="landscape" r:id="rId1"/>
   <legacyDrawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
-  <dimension ref="A1:J7"/>
+  <dimension ref="A1:J6"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="D18" sqref="D18"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="A6" sqref="A6:XFD6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="2" max="2" width="27.5703125" customWidth="1"/>
     <col min="3" max="3" width="17.42578125" customWidth="1"/>
     <col min="4" max="4" width="20.42578125" customWidth="1"/>
     <col min="5" max="5" width="20.5703125" customWidth="1"/>
     <col min="6" max="6" width="24.140625" customWidth="1"/>
     <col min="7" max="7" width="28.28515625" customWidth="1"/>
     <col min="8" max="8" width="20.5703125" customWidth="1"/>
     <col min="9" max="9" width="25.42578125" customWidth="1"/>
     <col min="10" max="10" width="15.28515625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" x14ac:dyDescent="0.25">
-      <c r="A1" s="30" t="s">
+      <c r="A1" s="32" t="s">
         <v>20</v>
       </c>
-      <c r="B1" s="30"/>
-[...1 lines deleted...]
-      <c r="D1" s="30"/>
+      <c r="B1" s="32"/>
+      <c r="C1" s="32"/>
+      <c r="D1" s="32"/>
     </row>
     <row r="2" spans="1:10" x14ac:dyDescent="0.25">
-      <c r="A2" s="30"/>
-[...2 lines deleted...]
-      <c r="D2" s="30"/>
+      <c r="A2" s="32"/>
+      <c r="B2" s="32"/>
+      <c r="C2" s="32"/>
+      <c r="D2" s="32"/>
     </row>
     <row r="3" spans="1:10" ht="39.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="4" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="31" t="s">
+      <c r="A4" s="33" t="s">
         <v>15</v>
       </c>
-      <c r="B4" s="28" t="s">
+      <c r="B4" s="30" t="s">
         <v>1</v>
       </c>
-      <c r="C4" s="28" t="s">
+      <c r="C4" s="30" t="s">
         <v>16</v>
       </c>
-      <c r="D4" s="28" t="s">
+      <c r="D4" s="30" t="s">
         <v>2</v>
       </c>
-      <c r="E4" s="28"/>
-[...2 lines deleted...]
-      <c r="H4" s="28" t="s">
+      <c r="E4" s="30"/>
+      <c r="F4" s="30"/>
+      <c r="G4" s="30"/>
+      <c r="H4" s="30" t="s">
         <v>8</v>
       </c>
-      <c r="I4" s="28"/>
-      <c r="J4" s="28" t="s">
+      <c r="I4" s="30"/>
+      <c r="J4" s="30" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="5" spans="1:10" ht="45" x14ac:dyDescent="0.25">
-      <c r="A5" s="32"/>
-[...1 lines deleted...]
-      <c r="C5" s="28"/>
+      <c r="A5" s="34"/>
+      <c r="B5" s="30"/>
+      <c r="C5" s="30"/>
       <c r="D5" s="16" t="s">
         <v>3</v>
       </c>
       <c r="E5" s="16" t="s">
         <v>0</v>
       </c>
       <c r="F5" s="16" t="s">
         <v>4</v>
       </c>
       <c r="G5" s="16" t="s">
         <v>5</v>
       </c>
       <c r="H5" s="16" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="I5" s="16" t="s">
-        <v>30</v>
-[...3 lines deleted...]
-    <row r="6" spans="1:10" ht="45" x14ac:dyDescent="0.25">
+        <v>25</v>
+      </c>
+      <c r="J5" s="30"/>
+    </row>
+    <row r="6" spans="1:10" ht="60" x14ac:dyDescent="0.25">
       <c r="A6" s="17" t="s">
         <v>21</v>
       </c>
       <c r="B6" s="18" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>23</v>
+        <v>28</v>
+      </c>
+      <c r="C6" s="19">
+        <v>163252</v>
       </c>
       <c r="D6" s="20" t="s">
-        <v>24</v>
-[...12 lines deleted...]
-        <v>28</v>
+        <v>32</v>
+      </c>
+      <c r="E6" s="28" t="s">
+        <v>29</v>
+      </c>
+      <c r="F6" s="20" t="s">
+        <v>30</v>
+      </c>
+      <c r="G6" s="23" t="s">
+        <v>31</v>
+      </c>
+      <c r="H6" s="29">
+        <v>45645</v>
+      </c>
+      <c r="I6" s="29">
+        <v>45912</v>
       </c>
       <c r="J6" s="25" t="s">
-        <v>38</v>
-[...6 lines deleted...]
-      <c r="B7" s="18" t="s">
         <v>33</v>
-      </c>
-[...22 lines deleted...]
-        <v>39</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="7">
     <mergeCell ref="H4:I4"/>
     <mergeCell ref="J4:J5"/>
     <mergeCell ref="A1:D2"/>
     <mergeCell ref="A4:A5"/>
     <mergeCell ref="B4:B5"/>
     <mergeCell ref="C4:C5"/>
     <mergeCell ref="D4:G4"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="G7" r:id="rId1" xr:uid="{08E87259-500A-45E9-A4A3-872F657ED677}"/>
+    <hyperlink ref="G6" r:id="rId1" xr:uid="{08E87259-500A-45E9-A4A3-872F657ED677}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="B1:E14"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="C15" sqref="C15"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="G11" sqref="G11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="1.85546875" customWidth="1"/>
     <col min="2" max="2" width="17.140625" customWidth="1"/>
     <col min="3" max="3" width="50.85546875" customWidth="1"/>
     <col min="4" max="4" width="22.7109375" style="11" customWidth="1"/>
     <col min="5" max="5" width="16.85546875" style="12" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:5" s="1" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B1" s="33" t="s">
-[...4 lines deleted...]
-      <c r="E1" s="33"/>
+      <c r="B1" s="35" t="s">
+        <v>27</v>
+      </c>
+      <c r="C1" s="35"/>
+      <c r="D1" s="35"/>
+      <c r="E1" s="35"/>
     </row>
     <row r="2" spans="2:5" s="1" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B2" s="33"/>
-[...2 lines deleted...]
-      <c r="E2" s="33"/>
+      <c r="B2" s="35"/>
+      <c r="C2" s="35"/>
+      <c r="D2" s="35"/>
+      <c r="E2" s="35"/>
     </row>
     <row r="3" spans="2:5" s="1" customFormat="1" ht="21.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B3" s="4"/>
       <c r="C3" s="4"/>
       <c r="D3" s="5"/>
       <c r="E3" s="3"/>
     </row>
     <row r="4" spans="2:5" s="2" customFormat="1" ht="30.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B4" s="27" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="27" t="s">
         <v>1</v>
       </c>
       <c r="D4" s="27" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
       <c r="E4" s="27" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="5" spans="2:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="E5" s="9"/>
+    <row r="5" spans="2:5" ht="30.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B5" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="C5" s="7" t="s">
+        <v>22</v>
+      </c>
+      <c r="D5" s="8" t="s">
+        <v>23</v>
+      </c>
+      <c r="E5" s="9">
+        <v>45965</v>
+      </c>
     </row>
     <row r="6" spans="2:5" s="15" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B6" s="6"/>
       <c r="C6" s="13"/>
       <c r="D6" s="14"/>
       <c r="E6" s="9"/>
     </row>
     <row r="7" spans="2:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B7" s="6"/>
       <c r="C7" s="7"/>
       <c r="D7" s="8"/>
       <c r="E7" s="9"/>
     </row>
     <row r="8" spans="2:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B8" s="6"/>
       <c r="C8" s="7"/>
       <c r="D8" s="8"/>
       <c r="E8" s="9"/>
     </row>
     <row r="9" spans="2:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B9" s="6"/>
       <c r="C9" s="7"/>
       <c r="D9" s="8"/>
       <c r="E9" s="9"/>
     </row>
@@ -1248,91 +1206,50 @@
     <row r="14" spans="2:5" x14ac:dyDescent="0.25">
       <c r="C14" s="10"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B1:E2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...39 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="DocumentCommonInGroups" ma:contentTypeID="0x010100C99F32645853284EB835B50D610223A1010100A120E579C51EAB44A46ECBD0880E5BC6" ma:contentTypeVersion="21" ma:contentTypeDescription="" ma:contentTypeScope="" ma:versionID="a403141326c204125f9099c96dd1bf69">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="a029a951-197a-4454-90a0-4e8ba8bb2239" xmlns:ns3="8e878111-5d44-4ac0-8d7d-001e9b3d0fd0" xmlns:ns4="a2c98312-a1a7-4c30-9dfa-e35e7a09d1f3" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="22e3c47b957e00e859a4f7030aca4564" ns1:_="" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="a029a951-197a-4454-90a0-4e8ba8bb2239"/>
     <xsd:import namespace="8e878111-5d44-4ac0-8d7d-001e9b3d0fd0"/>
     <xsd:import namespace="a2c98312-a1a7-4c30-9dfa-e35e7a09d1f3"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:ACreated" minOccurs="0"/>
                 <xsd:element ref="ns2:ACreatedBy" minOccurs="0"/>
                 <xsd:element ref="ns2:AID" minOccurs="0"/>
                 <xsd:element ref="ns2:AModified" minOccurs="0"/>
                 <xsd:element ref="ns2:AModifiedBy" minOccurs="0"/>
                 <xsd:element ref="ns2:AVersion" minOccurs="0"/>
                 <xsd:element ref="ns2:CEID" minOccurs="0"/>
                 <xsd:element ref="ns1:RoutingEnabled"/>
                 <xsd:element ref="ns2:LanguageRef" minOccurs="0"/>
                 <xsd:element ref="ns1:URL" minOccurs="0"/>
                 <xsd:element ref="ns2:AlternateText" minOccurs="0"/>
                 <xsd:element ref="ns2:ShowInContentGroups" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
@@ -1645,95 +1562,136 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <URL xmlns="http://schemas.microsoft.com/sharepoint/v3">
+      <Url xsi:nil="true"/>
+      <Description xsi:nil="true"/>
+    </URL>
+    <RoutingEnabled xmlns="http://schemas.microsoft.com/sharepoint/v3">true</RoutingEnabled>
+    <AlternateText xmlns="a029a951-197a-4454-90a0-4e8ba8bb2239" xsi:nil="true"/>
+    <TitleEn xmlns="a029a951-197a-4454-90a0-4e8ba8bb2239" xsi:nil="true"/>
+    <CEID xmlns="a029a951-197a-4454-90a0-4e8ba8bb2239">5ca19a0a-d9e9-42b5-8dd8-0edc01b7fd46</CEID>
+    <Image xmlns="a029a951-197a-4454-90a0-4e8ba8bb2239">
+      <Url xsi:nil="true"/>
+      <Description xsi:nil="true"/>
+    </Image>
+    <ContentDate xmlns="a029a951-197a-4454-90a0-4e8ba8bb2239">2022-05-09T18:00:00+00:00</ContentDate>
+    <ItemOrder xmlns="a029a951-197a-4454-90a0-4e8ba8bb2239">40</ItemOrder>
+    <LanguageRef xmlns="a029a951-197a-4454-90a0-4e8ba8bb2239">
+      <Value>2</Value>
+    </LanguageRef>
+    <ShowInContentGroups xmlns="a029a951-197a-4454-90a0-4e8ba8bb2239">
+      <Value>559</Value>
+      <Value>696</Value>
+    </ShowInContentGroups>
+    <DisplayTitle xmlns="8e878111-5d44-4ac0-8d7d-001e9b3d0fd0">Credit Servicing Firms</DisplayTitle>
+    <Topic xmlns="8e878111-5d44-4ac0-8d7d-001e9b3d0fd0">52</Topic>
+    <OrganizationalUnit xmlns="8e878111-5d44-4ac0-8d7d-001e9b3d0fd0">49</OrganizationalUnit>
+    <ParentEntity xmlns="8e878111-5d44-4ac0-8d7d-001e9b3d0fd0" xsi:nil="true"/>
+    <Source xmlns="8e878111-5d44-4ac0-8d7d-001e9b3d0fd0">RelatedDocumentsDEPS4</Source>
+    <RelatedEntity xmlns="8e878111-5d44-4ac0-8d7d-001e9b3d0fd0" xsi:nil="true"/>
+    <TitleBackup xmlns="8e878111-5d44-4ac0-8d7d-001e9b3d0fd0" xsi:nil="true"/>
+    <AModifiedBy xmlns="a029a951-197a-4454-90a0-4e8ba8bb2239">System Account</AModifiedBy>
+    <AModified xmlns="a029a951-197a-4454-90a0-4e8ba8bb2239">2024-10-31T15:34:31+00:00</AModified>
+    <AID xmlns="a029a951-197a-4454-90a0-4e8ba8bb2239">31702</AID>
+    <ACreated xmlns="a029a951-197a-4454-90a0-4e8ba8bb2239">2019-07-27T11:05:27+00:00</ACreated>
+    <ACreatedBy xmlns="a029a951-197a-4454-90a0-4e8ba8bb2239">sp_AuthSetup</ACreatedBy>
+    <AVersion xmlns="a029a951-197a-4454-90a0-4e8ba8bb2239">2.0</AVersion>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0048F7A3-EC47-4312-98AC-2655E9B6459E}">
-[...17 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{690C477E-D3B1-4EEC-8DD3-B114AD16DF55}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="a029a951-197a-4454-90a0-4e8ba8bb2239"/>
     <ds:schemaRef ds:uri="8e878111-5d44-4ac0-8d7d-001e9b3d0fd0"/>
     <ds:schemaRef ds:uri="a2c98312-a1a7-4c30-9dfa-e35e7a09d1f3"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0048F7A3-EC47-4312-98AC-2655E9B6459E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="8e878111-5d44-4ac0-8d7d-001e9b3d0fd0"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="a029a951-197a-4454-90a0-4e8ba8bb2239"/>
+    <ds:schemaRef ds:uri="a2c98312-a1a7-4c30-9dfa-e35e7a09d1f3"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6085F0C1-6842-46C1-AB59-2EBBEF4B3228}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Delovni listi</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>